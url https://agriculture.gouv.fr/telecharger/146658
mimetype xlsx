--- v0 (2025-10-06)
+++ v1 (2025-12-08)
@@ -5,83 +5,83 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\3-SPPSI\SDPRS\07-BL\05-LNR\_Généralités\AM désignation LNR\TAB internet coordonnées LNR\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6A107249-788E-4050-8D81-6DC76DEE143A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D08BAF1F-0903-4F0F-A8DD-7BCD514E876F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1170" yWindow="1170" windowWidth="20085" windowHeight="11805" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil2" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Feuil2!$A$2:$F$102</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="608" uniqueCount="250">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="608" uniqueCount="251">
   <si>
     <t>Structure</t>
   </si>
   <si>
     <t>adresse</t>
   </si>
   <si>
     <t>mail</t>
   </si>
   <si>
     <t>Domaine de compétence</t>
   </si>
   <si>
     <t>Laboratoire de Rennes</t>
   </si>
   <si>
     <t>Contaminants biologiques présents dans les denrées alimentaires</t>
   </si>
   <si>
     <t>Toxines d’origine végétale dans les denrées alimentaires</t>
   </si>
   <si>
     <t>Laboratoire de Strasbourg</t>
   </si>
   <si>
@@ -742,53 +742,50 @@
   <si>
     <t>lnr.parasites@anses.fr</t>
   </si>
   <si>
     <t>LNR-RAM@anses.fr</t>
   </si>
   <si>
     <t>Laetitia.BONIFAIT@anses.fr</t>
   </si>
   <si>
     <t>lnr-staphylocoques@anses.fr</t>
   </si>
   <si>
     <t>Catherine.HENNECHART-COLLETTE@anses.fr</t>
   </si>
   <si>
     <t>lnr.metaux.daoa@anses.fr</t>
   </si>
   <si>
     <t>lnr.pesticides.mono@anses.fr</t>
   </si>
   <si>
     <t>lnr-botulisme-aviaire@anses.fr</t>
   </si>
   <si>
-    <t>Claire.PONSART@anses.fr</t>
-[...1 lines deleted...]
-  <si>
     <t>Karine.LAROUCAU@anses.fr</t>
   </si>
   <si>
     <t>Guy.KOUOKAM.reseaugds@anses.fr</t>
   </si>
   <si>
     <t>Laurent.HEBERT@anses.fr</t>
   </si>
   <si>
     <t>Thierry.BARON@anses.fr</t>
   </si>
   <si>
     <t>lnr.fa@anses.fr</t>
   </si>
   <si>
     <t>Carine.PARAUD@anses.fr</t>
   </si>
   <si>
     <t>lnr_influenza_aviaire@anses.fr</t>
   </si>
   <si>
     <t>uvip@anses.fr</t>
   </si>
   <si>
     <t>Stephen.VALAS@anses.fr</t>
@@ -1229,51 +1226,57 @@
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>, y compris E. coli producteurs de shigatoxines (STEC)</t>
     </r>
   </si>
   <si>
     <t>Maladie hémorragique épizootique</t>
   </si>
   <si>
     <t>irsn.essais-interlaboratoires@asnr.fr</t>
   </si>
   <si>
     <t>LNRVibrio@anses.fr</t>
   </si>
   <si>
     <t>Santé des végétaux : insectes, acariens phytopathogènes et auxiliaires</t>
   </si>
   <si>
     <t>LSV Montpellier - Unité Entomologie et Botanique
 755 Avenue du Campus Agropolis - CS 30016
 34988 MONTFERRIER SUR LEZ cedex</t>
   </si>
   <si>
-    <t>Version du 26/08/2025</t>
+    <t>Version du 09/10/2025</t>
+  </si>
+  <si>
+    <t>Luca.Freddi@anses.fr</t>
+  </si>
+  <si>
+    <t>acacia.ferreiravicente@anses.fr</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <strike/>
       <sz val="10"/>
@@ -1393,121 +1396,126 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="27">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Lien hypertexte 2" xfId="2" xr:uid="{CD5E4508-2B44-4215-9C9F-722D65B85EEE}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -1753,2211 +1761,2209 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nancy.lsv@anses.fr" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Martine.DENIS@anses.fr" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Carine.PARAUD@anses.fr" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Eric.NIQUEUX@anses.fr" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LSV.UBVO@anses.fr" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Lnrmollusques@ifremer.fr" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:philippe.caufour@cirad.fr," TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.semences@geves.fr" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo33@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo33@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.pesticides.daoa@anses.fr" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Guy.KOUOKAM.reseaugds@anses.fr" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uvip@anses.fr" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saint-pierre.lsv@anses.fr" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laberca_upc@oniris-nantes.fr" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LNR-RAM@anses.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.semences@geves.fr" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.semences@geves.fr" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LNR.Listeria-monocytogenes@anses.FR" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.poissons@anses.fr" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr_influenza_aviaire@anses.fr" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sandrine.PETRY@anses.fr" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LSV.UBVO@anses.fr" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lsem@ifremer.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo34@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Corinne.SAILLEAU@anses.fr" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laberca_upc@oniris-nantes.fr" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gerald.UMHANG@anses.fr" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Damien.VITOUR@anses.fr" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.semences@geves.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo75@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo34@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rennes.lsv@anses.fr" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.pesticides.mono@anses.fr" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Laurent.HEBERT@anses.fr" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uvip@anses.fr" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LSV.UBVO@anses.fr" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LNR.Tuberculose@anses.fr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.biotoxines.marines@anses.fr" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophiaufqa@anses.fr" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Stephen.VALAS@anses.fr" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clermont.lsv@anses.fr" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laberca_uco@oniris-nantes.fr" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rene.mathis@geves.fr" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arnaud.bataille@cirad.fr" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:montpellier.lsv@anses.fr" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo67@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.semences@geves.fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo35@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo35@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.parasites@anses.fr" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Laetitia.BONIFAIT@anses.fr" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Karine.LAROUCAU@anses.fr" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Karine.LAROUCAU@anses.fr" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.fa@anses.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo34@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.metaux.daoa@anses.fr" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uvip@anses.fr" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uvip@anses.fr" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LSV.UBVO@anses.fr" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:montpellier.lsv@anses.fr" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laberca_upc@oniris-nantes.fr" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LNR-RMV-FOUGERES@anses.fr" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catherine.cetre-sossah@cirad.fr" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.histamine@anses.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.semences@geves.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo35@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo35@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo75@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Thierry.BARON@anses.fr" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr-botulisme-aviaire@anses.fr" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.mycoaviaires@anses.fr" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Laetitia.BONIFAIT@anses.fr" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LSV.UBVO@anses.fr" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo67@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laberca_uco@oniris-nantes.fr" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LNRVibrio@anses.fr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.semences@geves.fr" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr-staphylocoques@anses.fr" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.fa@anses.fr" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.fa@anses.fr" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Stephen.VALAS@anses.fr" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:montpellier.lsv@anses.fr" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uvip@anses.fr" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saint-pierre.lsv@anses.fr" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arnaud.bataille@cirad.fr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo67@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo33@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Catherine.HENNECHART-COLLETTE@anses.fr" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Claire.PONSART@anses.fr" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.abeille@anses.fr" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Alexandre.SERVAT@anses.fr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nancy.lsv@anses.fr" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Martine.DENIS@anses.fr" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Carine.PARAUD@anses.fr" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Eric.NIQUEUX@anses.fr" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LSV.UBVO@anses.fr" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laberca_uco@oniris-nantes.fr" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.histamine@anses.fr" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo67@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo33@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo33@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.pesticides.daoa@anses.fr" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Guy.KOUOKAM.reseaugds@anses.fr" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uvip@anses.fr" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saint-pierre.lsv@anses.fr" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LSV.UBVO@anses.fr" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catherine.cetre-sossah@cirad.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.semences@geves.fr" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LNRVibrio@anses.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo33@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LNR.Listeria-monocytogenes@anses.FR" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.poissons@anses.fr" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Catherine.HENNECHART-COLLETTE@anses.fr" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Claire.PONSART@anses.fr" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr_influenza_aviaire@anses.fr" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sandrine.PETRY@anses.fr" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.abeille@anses.fr" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LSV.UBVO@anses.fr" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laberca_uco@oniris-nantes.fr" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LNR-RAM@anses.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo34@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Corinne.SAILLEAU@anses.fr" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laberca_upc@oniris-nantes.fr" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arnaud.bataille@cirad.fr" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uvip@anses.fr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.semences@geves.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo75@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo34@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rennes.lsv@anses.fr" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.pesticides.mono@anses.fr" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Laurent.HEBERT@anses.fr" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uvip@anses.fr" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LSV.UBVO@anses.fr" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LNR.Tuberculose@anses.fr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.biotoxines.marines@anses.fr" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophiaufqa@anses.fr" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Stephen.VALAS@anses.fr" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clermont.lsv@anses.fr" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laberca_upc@oniris-nantes.fr" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Alexandre.SERVAT@anses.fr" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Damien.VITOUR@anses.fr" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.semences@geves.fr" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.semences@geves.fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo35@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo35@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.parasites@anses.fr" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Laetitia.BONIFAIT@anses.fr" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Karine.LAROUCAU@anses.fr" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Karine.LAROUCAU@anses.fr" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.fa@anses.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo34@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.metaux.daoa@anses.fr" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uvip@anses.fr" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uvip@anses.fr" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LSV.UBVO@anses.fr" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:montpellier.lsv@anses.fr" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rene.mathis@geves.fr" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gerald.UMHANG@anses.fr" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arnaud.bataille@cirad.fr" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:montpellier.lsv@anses.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.semences@geves.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo35@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo35@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo75@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Thierry.BARON@anses.fr" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr-botulisme-aviaire@anses.fr" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.mycoaviaires@anses.fr" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Laetitia.BONIFAIT@anses.fr" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LNR-RMV-FOUGERES@anses.fr" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo67@scl.finances.gouv.fr" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laberca_upc@oniris-nantes.fr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.semences@geves.fr" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr-staphylocoques@anses.fr" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.fa@anses.fr" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.fa@anses.fr" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Stephen.VALAS@anses.fr" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:montpellier.lsv@anses.fr" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lnr.semences@geves.fr" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saint-pierre.lsv@anses.fr" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:philippe.caufour@cirad.fr," TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labo67@scl.finances.gouv.fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:F102"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="2" topLeftCell="C3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="B66" sqref="B66"/>
+      <selection pane="bottomRight" activeCell="C29" sqref="C29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="1"/>
     <col min="2" max="2" width="49.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="56.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="42" style="2" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="52.7109375" style="1" customWidth="1"/>
     <col min="7" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="3" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="25" t="s">
-[...7 lines deleted...]
-        <v>249</v>
+      <c r="A1" s="26" t="s">
+        <v>214</v>
+      </c>
+      <c r="B1" s="26"/>
+      <c r="C1" s="26"/>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
+      <c r="F1" s="9" t="s">
+        <v>248</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="45" x14ac:dyDescent="0.25">
-      <c r="A3" s="7" t="s">
-[...2 lines deleted...]
-      <c r="B3" s="7" t="s">
+      <c r="A3" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="C3" s="7" t="s">
+      <c r="C3" s="10" t="s">
+        <v>177</v>
+      </c>
+      <c r="D3" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="E3" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="F3" s="10" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A4" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" s="10" t="s">
         <v>178</v>
       </c>
-      <c r="D3" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E3" s="7" t="s">
+      <c r="D4" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="E4" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="7" t="s">
-[...10 lines deleted...]
-      <c r="C4" s="7" t="s">
+      <c r="F4" s="11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A5" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" s="10" t="s">
         <v>179</v>
       </c>
-      <c r="D4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E4" s="7" t="s">
+      <c r="D5" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="E5" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="F4" s="10" t="s">
-[...10 lines deleted...]
-      <c r="C5" s="7" t="s">
+      <c r="F5" s="11" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="60" x14ac:dyDescent="0.25">
+      <c r="A6" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C6" s="10" t="s">
         <v>180</v>
       </c>
-      <c r="D5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="7" t="s">
+      <c r="D6" s="7" t="s">
+        <v>231</v>
+      </c>
+      <c r="E6" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="F5" s="10" t="s">
-[...7 lines deleted...]
-      <c r="B6" s="7" t="s">
+      <c r="F6" s="10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A7" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="C6" s="7" t="s">
+      <c r="C7" s="10" t="s">
+        <v>177</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="F7" s="11" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A8" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" s="10" t="s">
         <v>181</v>
       </c>
-      <c r="D6" s="11" t="s">
+      <c r="C8" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="F8" s="10" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A9" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="F9" s="10" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A10" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="F10" s="11" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A11" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>177</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="F11" s="10" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="60" x14ac:dyDescent="0.25">
+      <c r="A12" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="D12" s="21" t="s">
+        <v>245</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="F12" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A13" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>177</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="F13" s="10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="255" x14ac:dyDescent="0.25">
+      <c r="A14" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F14" s="12" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A15" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>177</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="E15" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F15" s="13" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A16" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B16" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>177</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F16" s="13" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A17" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>177</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="E17" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F17" s="13" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A18" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B18" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="D18" s="21" t="s">
+        <v>226</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F18" s="14" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A19" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B19" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C19" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="E19" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F19" s="14" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A20" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B20" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="E20" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F20" s="14" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A21" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B21" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C21" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>250</v>
+      </c>
+      <c r="E21" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F21" s="14" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A22" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B22" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="E22" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F22" s="14" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A23" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B23" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C23" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="E23" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F23" s="14" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A24" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B24" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="E24" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F24" s="14" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A25" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B25" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="E25" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F25" s="14" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A26" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B26" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C26" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F26" s="14" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A27" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C27" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="E27" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F27" s="14" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A28" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B28" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="E28" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F28" s="14" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A29" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B29" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C29" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D29" s="8" t="s">
+        <v>249</v>
+      </c>
+      <c r="E29" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F29" s="14" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A30" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B30" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C30" s="10" t="s">
+        <v>188</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="E30" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F30" s="14" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A31" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B31" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="E31" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F31" s="14" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A32" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C32" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="E32" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F32" s="14" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A33" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B33" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C33" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="E33" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F33" s="14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A34" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B34" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C34" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="E34" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F34" s="14" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A35" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B35" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C35" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="D35" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="E35" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F35" s="14" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A36" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B36" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F36" s="14" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" s="3" customFormat="1" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B37" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="E37" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F37" s="14" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A38" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B38" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C38" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="E38" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F38" s="14" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A39" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B39" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C39" s="10" t="s">
+        <v>189</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="E39" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F39" s="14" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" s="3" customFormat="1" ht="61.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B40" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C40" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E40" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F40" s="14" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A41" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B41" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C41" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F41" s="14" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A42" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B42" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C42" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="E42" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F42" s="14" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A43" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B43" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C43" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="E43" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F43" s="14" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A44" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B44" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C44" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="E44" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F44" s="14" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A45" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B45" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C45" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="E45" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F45" s="14" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A46" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B46" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="C46" s="10" t="s">
+        <v>179</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="E46" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F46" s="14" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A47" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B47" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C47" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="E47" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F47" s="14" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A48" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B48" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C48" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="E48" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F48" s="14" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A49" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B49" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C49" s="10" t="s">
+        <v>188</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="E49" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F49" s="14" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A50" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B50" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D50" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="E50" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F50" s="14" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A51" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B51" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="C51" s="14" t="s">
+        <v>178</v>
+      </c>
+      <c r="D51" s="21" t="s">
+        <v>142</v>
+      </c>
+      <c r="E51" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F51" s="14" t="s">
         <v>232</v>
       </c>
-      <c r="E6" s="7" t="s">
+    </row>
+    <row r="52" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A52" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B52" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C52" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="E52" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F52" s="14" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A53" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B53" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C53" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="E53" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F53" s="14" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A54" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B54" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C54" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="E54" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="F54" s="14" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A55" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B55" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C55" s="10" t="s">
+        <v>190</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="E55" s="10" t="s">
+        <v>116</v>
+      </c>
+      <c r="F55" s="10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A56" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B56" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C56" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="E56" s="10" t="s">
+        <v>116</v>
+      </c>
+      <c r="F56" s="10" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A57" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B57" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C57" s="10" t="s">
+        <v>192</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="E57" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="F57" s="10" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A58" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B58" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C58" s="14" t="s">
+        <v>247</v>
+      </c>
+      <c r="D58" s="21" t="s">
+        <v>155</v>
+      </c>
+      <c r="E58" s="14" t="s">
+        <v>234</v>
+      </c>
+      <c r="F58" s="14" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A59" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B59" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C59" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="E59" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="F59" s="10" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A60" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B60" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C60" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="E60" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="F60" s="10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A61" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B61" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C61" s="10" t="s">
+        <v>247</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="E61" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="F61" s="10" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A62" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B62" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="E62" s="10" t="s">
+        <v>121</v>
+      </c>
+      <c r="F62" s="10" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A63" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B63" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C63" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="E63" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="F63" s="14" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A64" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B64" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C64" s="10" t="s">
+        <v>191</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="E64" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="F64" s="10" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A65" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B65" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C65" s="10" t="s">
+        <v>190</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="E65" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="F65" s="10" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A66" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B66" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C66" s="10" t="s">
+        <v>247</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="E66" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="F66" s="10" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A67" s="20" t="s">
+        <v>239</v>
+      </c>
+      <c r="B67" s="10" t="s">
+        <v>213</v>
+      </c>
+      <c r="C67" s="10" t="s">
+        <v>212</v>
+      </c>
+      <c r="D67" s="21" t="s">
+        <v>244</v>
+      </c>
+      <c r="E67" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F67" s="10" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A68" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B68" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="C68" s="10" t="s">
+        <v>210</v>
+      </c>
+      <c r="D68" s="16" t="s">
+        <v>211</v>
+      </c>
+      <c r="E68" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F68" s="10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A69" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B69" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="C69" s="10" t="s">
+        <v>210</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="E69" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F69" s="10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A70" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B70" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="C70" s="10" t="s">
+        <v>210</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="E70" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F70" s="10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A71" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B71" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="C71" s="10" t="s">
+        <v>210</v>
+      </c>
+      <c r="D71" s="17" t="s">
+        <v>218</v>
+      </c>
+      <c r="E71" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F71" s="10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A72" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="B72" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="C72" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E72" s="10" t="s">
+        <v>103</v>
+      </c>
+      <c r="F72" s="10" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A73" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="B73" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C73" s="18" t="s">
+        <v>207</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="E73" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="F73" s="10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A74" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="B74" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="C74" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E74" s="10" t="s">
+        <v>116</v>
+      </c>
+      <c r="F74" s="10" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A75" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="B75" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="C75" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E75" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="F75" s="10" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A76" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="B76" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="C76" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E76" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="F76" s="10" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A77" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="B77" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="C77" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E77" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="F77" s="10" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A78" s="22" t="s">
+        <v>92</v>
+      </c>
+      <c r="B78" s="14" t="s">
+        <v>163</v>
+      </c>
+      <c r="C78" s="24" t="s">
+        <v>223</v>
+      </c>
+      <c r="D78" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="E78" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="F78" s="14" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A79" s="22" t="s">
+        <v>92</v>
+      </c>
+      <c r="B79" s="14" t="s">
+        <v>163</v>
+      </c>
+      <c r="C79" s="24" t="s">
+        <v>223</v>
+      </c>
+      <c r="D79" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="E79" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="F79" s="14" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A80" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="B80" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C80" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="D80" s="25" t="s">
+        <v>201</v>
+      </c>
+      <c r="E80" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="F6" s="7" t="s">
-[...16 lines deleted...]
-      <c r="E7" s="7" t="s">
+      <c r="F80" s="10" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A81" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="B81" s="10" t="s">
+        <v>196</v>
+      </c>
+      <c r="C81" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="D81" s="8" t="s">
+        <v>199</v>
+      </c>
+      <c r="E81" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F81" s="10" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A82" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="B82" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C82" s="10" t="s">
+        <v>202</v>
+      </c>
+      <c r="D82" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="E82" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F82" s="13" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A83" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="B83" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C83" s="10" t="s">
+        <v>202</v>
+      </c>
+      <c r="D83" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="E83" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F83" s="10" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A84" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="B84" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C84" s="10" t="s">
+        <v>202</v>
+      </c>
+      <c r="D84" s="16" t="s">
+        <v>204</v>
+      </c>
+      <c r="E84" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F84" s="10" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A85" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="B85" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C85" s="10" t="s">
+        <v>202</v>
+      </c>
+      <c r="D85" s="16" t="s">
+        <v>204</v>
+      </c>
+      <c r="E85" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F85" s="10" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" s="3" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A86" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="B86" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C86" s="10" t="s">
+        <v>202</v>
+      </c>
+      <c r="D86" s="16" t="s">
+        <v>204</v>
+      </c>
+      <c r="E86" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F86" s="10" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" s="3" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A87" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="B87" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="C87" s="10" t="s">
+        <v>224</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="E87" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="F7" s="10" t="s">
-[...16 lines deleted...]
-      <c r="E8" s="7" t="s">
+      <c r="F87" s="13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A88" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="B88" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="C88" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="D88" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="E88" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="F8" s="7" t="s">
-[...16 lines deleted...]
-      <c r="E9" s="7" t="s">
+      <c r="F88" s="10" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A89" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="B89" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="C89" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="E89" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="F9" s="7" t="s">
-[...16 lines deleted...]
-      <c r="E10" s="7" t="s">
+      <c r="F89" s="10" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A90" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="B90" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="C90" s="10" t="s">
+        <v>224</v>
+      </c>
+      <c r="D90" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="E90" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F90" s="13" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A91" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="B91" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C91" s="14" t="s">
+        <v>175</v>
+      </c>
+      <c r="D91" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="E91" s="14" t="s">
+        <v>9</v>
+      </c>
+      <c r="F91" s="14" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A92" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="B92" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="C92" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="D92" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="E92" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F92" s="10" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A93" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="B93" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C93" s="10" t="s">
+        <v>173</v>
+      </c>
+      <c r="D93" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="E93" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F93" s="10" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A94" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="B94" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="C94" s="10" t="s">
+        <v>174</v>
+      </c>
+      <c r="D94" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="E94" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F94" s="10" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A95" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="B95" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="C95" s="10" t="s">
+        <v>224</v>
+      </c>
+      <c r="D95" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="E95" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F95" s="13" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A96" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="B96" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="C96" s="10" t="s">
+        <v>224</v>
+      </c>
+      <c r="D96" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="E96" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F96" s="13" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" s="3" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A97" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="B97" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C97" s="10" t="s">
+        <v>173</v>
+      </c>
+      <c r="D97" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="E97" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F97" s="13" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A98" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="B98" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C98" s="10" t="s">
+        <v>173</v>
+      </c>
+      <c r="D98" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="E98" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F98" s="13" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A99" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="B99" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="C99" s="10" t="s">
+        <v>174</v>
+      </c>
+      <c r="D99" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="E99" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F99" s="10" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A100" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="B100" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="C100" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="D100" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="E100" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F100" s="10" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" ht="60" x14ac:dyDescent="0.25">
+      <c r="A101" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="B101" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="C101" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="D101" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="E101" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="F101" s="14" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A102" s="19" t="s">
+        <v>31</v>
+      </c>
+      <c r="B102" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="C102" s="10" t="s">
+        <v>176</v>
+      </c>
+      <c r="D102" s="10" t="s">
+        <v>219</v>
+      </c>
+      <c r="E102" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="F10" s="10" t="s">
-[...1819 lines deleted...]
-      <c r="F101" s="19" t="s">
+      <c r="F102" s="23" t="s">
         <v>242</v>
-      </c>
-[...18 lines deleted...]
-        <v>243</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A2:F102" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G95">
     <sortCondition ref="A2:A95"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D74" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="D77" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="D75" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="D76" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="D72" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="D87" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="D88" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="D89" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="D90" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="D92" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="D93" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="D94" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
     <hyperlink ref="D95" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
     <hyperlink ref="D97" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
     <hyperlink ref="D96" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
     <hyperlink ref="D98" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
     <hyperlink ref="D100" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="D99" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
     <hyperlink ref="D101" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
     <hyperlink ref="D3" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
     <hyperlink ref="D4" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
     <hyperlink ref="D7" r:id="rId22" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
     <hyperlink ref="D8" r:id="rId23" xr:uid="{00000000-0004-0000-0000-000017000000}"/>
     <hyperlink ref="D38" r:id="rId24" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
     <hyperlink ref="D59" r:id="rId25" xr:uid="{00000000-0004-0000-0000-000019000000}"/>
     <hyperlink ref="D57" r:id="rId26" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
     <hyperlink ref="D39" r:id="rId27" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
     <hyperlink ref="D10" r:id="rId28" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
     <hyperlink ref="D11" r:id="rId29" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
     <hyperlink ref="D13" r:id="rId30" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
     <hyperlink ref="D15" r:id="rId31" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
     <hyperlink ref="D16" r:id="rId32" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
     <hyperlink ref="D17" r:id="rId33" xr:uid="{00000000-0004-0000-0000-000022000000}"/>
     <hyperlink ref="D20" r:id="rId34" xr:uid="{00000000-0004-0000-0000-000024000000}"/>
-    <hyperlink ref="D21" r:id="rId35" xr:uid="{00000000-0004-0000-0000-000025000000}"/>
+    <hyperlink ref="D21" r:id="rId35" display="Claire.PONSART@anses.fr" xr:uid="{00000000-0004-0000-0000-000025000000}"/>
     <hyperlink ref="D22" r:id="rId36" xr:uid="{00000000-0004-0000-0000-000026000000}"/>
     <hyperlink ref="D23" r:id="rId37" xr:uid="{00000000-0004-0000-0000-000027000000}"/>
     <hyperlink ref="D24" r:id="rId38" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
     <hyperlink ref="D26" r:id="rId39" xr:uid="{00000000-0004-0000-0000-000029000000}"/>
     <hyperlink ref="D27" r:id="rId40" xr:uid="{00000000-0004-0000-0000-00002A000000}"/>
     <hyperlink ref="D30" r:id="rId41" xr:uid="{00000000-0004-0000-0000-00002B000000}"/>
     <hyperlink ref="D31" r:id="rId42" xr:uid="{00000000-0004-0000-0000-00002D000000}"/>
     <hyperlink ref="D32" r:id="rId43" xr:uid="{00000000-0004-0000-0000-00002E000000}"/>
     <hyperlink ref="D33" r:id="rId44" xr:uid="{00000000-0004-0000-0000-00002F000000}"/>
     <hyperlink ref="D34" r:id="rId45" xr:uid="{00000000-0004-0000-0000-000030000000}"/>
     <hyperlink ref="D35" r:id="rId46" xr:uid="{00000000-0004-0000-0000-000031000000}"/>
     <hyperlink ref="D36" r:id="rId47" xr:uid="{00000000-0004-0000-0000-000032000000}"/>
     <hyperlink ref="D40" r:id="rId48" xr:uid="{00000000-0004-0000-0000-000033000000}"/>
     <hyperlink ref="D41" r:id="rId49" xr:uid="{00000000-0004-0000-0000-000034000000}"/>
     <hyperlink ref="D42" r:id="rId50" xr:uid="{00000000-0004-0000-0000-000035000000}"/>
     <hyperlink ref="D43" r:id="rId51" xr:uid="{00000000-0004-0000-0000-000036000000}"/>
     <hyperlink ref="D44" r:id="rId52" xr:uid="{00000000-0004-0000-0000-000037000000}"/>
     <hyperlink ref="D45" r:id="rId53" xr:uid="{00000000-0004-0000-0000-000038000000}"/>
     <hyperlink ref="D47" r:id="rId54" xr:uid="{00000000-0004-0000-0000-000039000000}"/>
     <hyperlink ref="D48" r:id="rId55" xr:uid="{00000000-0004-0000-0000-00003A000000}"/>
     <hyperlink ref="D49" r:id="rId56" xr:uid="{00000000-0004-0000-0000-00003B000000}"/>
     <hyperlink ref="D50" r:id="rId57" xr:uid="{00000000-0004-0000-0000-00003C000000}"/>
     <hyperlink ref="D55" r:id="rId58" xr:uid="{00000000-0004-0000-0000-00003D000000}"/>
     <hyperlink ref="D56" r:id="rId59" xr:uid="{00000000-0004-0000-0000-00003E000000}"/>
     <hyperlink ref="D60" r:id="rId60" xr:uid="{00000000-0004-0000-0000-00003F000000}"/>
     <hyperlink ref="D65" r:id="rId61" xr:uid="{00000000-0004-0000-0000-000040000000}"/>
     <hyperlink ref="D64" r:id="rId62" xr:uid="{00000000-0004-0000-0000-000041000000}"/>
     <hyperlink ref="D63" r:id="rId63" xr:uid="{00000000-0004-0000-0000-000042000000}"/>
     <hyperlink ref="D62" r:id="rId64" xr:uid="{00000000-0004-0000-0000-000043000000}"/>
     <hyperlink ref="D66" r:id="rId65" xr:uid="{00000000-0004-0000-0000-000044000000}"/>
     <hyperlink ref="D61" r:id="rId66" xr:uid="{00000000-0004-0000-0000-000045000000}"/>
     <hyperlink ref="D52" r:id="rId67" xr:uid="{00000000-0004-0000-0000-000046000000}"/>
-    <hyperlink ref="D80" r:id="rId68" xr:uid="{00000000-0004-0000-0000-000047000000}"/>
-[...23 lines deleted...]
-    <hyperlink ref="D12" r:id="rId92" xr:uid="{47DF1074-2F4C-4C51-B874-707D407E51E9}"/>
+    <hyperlink ref="D82" r:id="rId68" display="mailto:laberca_uco@oniris-nantes.fr" xr:uid="{00000000-0004-0000-0000-000049000000}"/>
+    <hyperlink ref="D83" r:id="rId69" display="mailto:laberca_uco@oniris-nantes.fr" xr:uid="{00000000-0004-0000-0000-00004A000000}"/>
+    <hyperlink ref="D86" r:id="rId70" display="mailto:laberca_upc@oniris-nantes.fr" xr:uid="{00000000-0004-0000-0000-00004B000000}"/>
+    <hyperlink ref="D84" r:id="rId71" display="mailto:laberca_upc@oniris-nantes.fr" xr:uid="{00000000-0004-0000-0000-00004C000000}"/>
+    <hyperlink ref="D85" r:id="rId72" display="mailto:laberca_upc@oniris-nantes.fr" xr:uid="{00000000-0004-0000-0000-00004D000000}"/>
+    <hyperlink ref="D73" r:id="rId73" xr:uid="{00000000-0004-0000-0000-00004E000000}"/>
+    <hyperlink ref="D54" r:id="rId74" xr:uid="{00000000-0004-0000-0000-00004F000000}"/>
+    <hyperlink ref="D46" r:id="rId75" xr:uid="{00000000-0004-0000-0000-000050000000}"/>
+    <hyperlink ref="D14" r:id="rId76" xr:uid="{00000000-0004-0000-0000-000051000000}"/>
+    <hyperlink ref="D9" r:id="rId77" xr:uid="{00000000-0004-0000-0000-000052000000}"/>
+    <hyperlink ref="D5" r:id="rId78" xr:uid="{00000000-0004-0000-0000-000053000000}"/>
+    <hyperlink ref="D68" r:id="rId79" xr:uid="{00000000-0004-0000-0000-000054000000}"/>
+    <hyperlink ref="D69" r:id="rId80" display="arnaud.bataille@cirad.fr " xr:uid="{00000000-0004-0000-0000-000055000000}"/>
+    <hyperlink ref="D70" r:id="rId81" display="arnaud.bataille@cirad.fr " xr:uid="{00000000-0004-0000-0000-000056000000}"/>
+    <hyperlink ref="D71" r:id="rId82" display="philippe.caufour@cirad.fr, " xr:uid="{00000000-0004-0000-0000-000057000000}"/>
+    <hyperlink ref="D37" r:id="rId83" xr:uid="{00000000-0004-0000-0000-000059000000}"/>
+    <hyperlink ref="D6" r:id="rId84" xr:uid="{D860BE60-E458-4D54-8C06-0D21D2FC4BF7}"/>
+    <hyperlink ref="D51" r:id="rId85" xr:uid="{BBA5F1DF-E9F3-442A-AB00-F1457CAB7DC6}"/>
+    <hyperlink ref="D58" r:id="rId86" xr:uid="{58FC01EB-BF36-4C6C-8A02-70A49A677B75}"/>
+    <hyperlink ref="D79" r:id="rId87" xr:uid="{62F864E3-3824-40B1-85AE-3D37C7DBD369}"/>
+    <hyperlink ref="D78" r:id="rId88" xr:uid="{4E931770-CF7B-4523-99B0-7282E5C9D4FE}"/>
+    <hyperlink ref="D91" r:id="rId89" xr:uid="{43A362A6-C8D0-4E2C-BB25-25C38CEE1C6D}"/>
+    <hyperlink ref="D12" r:id="rId90" xr:uid="{47DF1074-2F4C-4C51-B874-707D407E51E9}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId93"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId91"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Feuil2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministère de l'Agriculture et de l'Alimentation</Company>
   <LinksUpToDate>false</LinksUpToDate>