--- v0 (2025-10-06)
+++ v1 (2025-12-03)
@@ -1,84 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\3-SPPSI\SDPRS\07-BL\03-Agrement\Sante des vegetaux\02_Liste labos agréés Organismes Nuisibles\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\3-SPPSI\SDPRS\07-BL\03-Agrement\Sante des vegetaux\02_Liste labos agréés Organismes Nuisibles\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{15FA8EC0-B5E3-45EC-8D4A-5E722758B522}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{89480DC2-CBF0-4EE4-9AEA-725D851348CB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{87D3F337-3B09-4A5E-972A-7C8B81445755}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{E61955B7-CC46-4926-A8A7-3776DD4ED5A5}"/>
   </bookViews>
   <sheets>
-    <sheet name="20250924ListeSV" sheetId="1" r:id="rId1"/>
+    <sheet name="20251127ListeSV" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4284" uniqueCount="588">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4283" uniqueCount="593">
   <si>
     <t>Liste des laboratoires agréés et des méthodes pour la détection d'organismes nuisibles sur végétaux</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>réalise les analyses de première intention</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>réalise les analyses de confirmation</t>
   </si>
   <si>
     <t>A laboratoire agréé</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>Agrément suspendu</t>
   </si>
   <si>
@@ -327,51 +328,51 @@
   <si>
     <t>ANS 974</t>
   </si>
   <si>
     <t>Anses
 Laboratoire de la santé des végétaux
 Unité des Ravageurs et agents pathogènes tropicaux
 Site de La Réunion
 7, chemin de l'Irat
 97410 SAINT PIERRE
 La Réunion</t>
   </si>
   <si>
     <t>Maine et Loire</t>
   </si>
   <si>
     <t>Autres virus réglementés ou émergents</t>
   </si>
   <si>
     <t>Auvergne-Rhône-Alpes</t>
   </si>
   <si>
     <t>Puy de Dôme</t>
   </si>
   <si>
-    <t>Analyses libératoires de quarantaine végétale</t>
+    <t>analyses libératoires de quarantaine végétale</t>
   </si>
   <si>
     <t>Méthodes officielles ou internes</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>ANS 63</t>
   </si>
   <si>
     <t>Anses
 Laboratoire de la santé des végétaux
 Unité de Quarantaine
 Site de Clermont-Ferrand
 6 rue Aimé Rudel
 Marmilhat
 63370 LEMPDES</t>
   </si>
   <si>
     <t>Virus de quarantaine agrumes</t>
   </si>
   <si>
     <t>RC</t>
   </si>
@@ -488,72 +489,78 @@
     <t>RT-PCR</t>
   </si>
   <si>
     <t>LSV/MOA022</t>
   </si>
   <si>
     <t>RT-PCR et séquençage méthode interne</t>
   </si>
   <si>
     <t>si résultat positif dans une région indemne</t>
   </si>
   <si>
     <t>ToBRFV 
 Tomato Brown Rugose Fruit Virus</t>
   </si>
   <si>
     <t>Semences de tomates et poivrons/piments</t>
   </si>
   <si>
     <t>LSV/MA066</t>
   </si>
   <si>
     <t>RT-PCR temps réel -  méthode interne</t>
   </si>
   <si>
-    <t>Si résultat positif</t>
-[...1 lines deleted...]
-  <si>
     <t>2020-797</t>
+  </si>
+  <si>
+    <t>OQ à la Réunion (974) - LNR LSV compétent pour les DROM</t>
   </si>
   <si>
     <t>ToBRFV
 Tomato Brown Rugose Fruit Virus</t>
   </si>
   <si>
     <t>SNES 49</t>
   </si>
   <si>
     <t>GEVES
 25 rue Georges Morel
 BP 24
 49071 BEAUCOUZE</t>
   </si>
   <si>
     <t>Feuilles et fruits de plants de tomates et poivrons/piment</t>
   </si>
   <si>
+    <t>Feuilles de plants de tomates et poivrons/pimen</t>
+  </si>
+  <si>
+    <t>Fruits de plants de tomates et poivrons/piment</t>
+  </si>
+  <si>
     <t>TICV Tomato chlorotic infectious crinivirus</t>
   </si>
   <si>
     <t>RT-PCR temps réel - méthode interne</t>
   </si>
   <si>
     <t>TBRV Tobacco black ring virus</t>
   </si>
   <si>
     <t>LSV/MOA008</t>
   </si>
   <si>
     <t>RT-PCR méthode interne</t>
   </si>
   <si>
     <t>SMYEV Strawberry mild yellow edge virus</t>
   </si>
   <si>
     <t>LSV/VH/05/11</t>
   </si>
   <si>
     <t>PPV Plum pox potyvirus – virus de la sharka</t>
   </si>
   <si>
     <t>Feuilles ou bourgeons de Prunus spp., fleurs de pêcher</t>
@@ -762,50 +769,53 @@
     <t>Bananier (feuiles)</t>
   </si>
   <si>
     <t>LSV/MA005</t>
   </si>
   <si>
     <t>sur demande SRAL/SALIM et pour tous les échantillons positifs en analyse de première intention</t>
   </si>
   <si>
     <t>BanMMV Banana mild mosaic virus</t>
   </si>
   <si>
     <t>méhode interne</t>
   </si>
   <si>
     <t>Méhode interne</t>
   </si>
   <si>
     <t>ArMV Arabis mosaic nepovirus</t>
   </si>
   <si>
     <t>RT-PCR et séquençage</t>
   </si>
   <si>
     <t>Viroïdes</t>
+  </si>
+  <si>
+    <t>Analyses libératoires de quarantaine végétale</t>
   </si>
   <si>
     <t>Pospiviroïdes / CLVd (dont le Potato spindle tuber viroid PSTVd)</t>
   </si>
   <si>
     <t>Feuille</t>
   </si>
   <si>
     <t>LSV/MA034</t>
   </si>
   <si>
     <t>MA034 + séquençage (méthode interne)</t>
   </si>
   <si>
     <t>Si résultat positif en analyse de 1ère intention</t>
   </si>
   <si>
     <t>COM 62</t>
   </si>
   <si>
     <t>Comité Nord
 Plants de Pommes de Terre
 Rue des Champs Potez
 62217 ACHICOURT</t>
   </si>
@@ -910,51 +920,51 @@
   <si>
     <t>Anses
 Laboratoire de la santé des végétaux
 Unité de Nématologie
 Site de Rennes
 Domaine de la Motte au Vicomte
 BP 35327
 35653 LE RHEU Cédex</t>
   </si>
   <si>
     <t>Nématodes</t>
   </si>
   <si>
     <t>Autres nématodes réglementés ou émergents Formes enkystées ou libres</t>
   </si>
   <si>
     <t>Détection et identification analyse morphobiométrique et/ou biomoléculaire</t>
   </si>
   <si>
     <t>détection et identification analyse morphobiométrique LSV/MOA012</t>
   </si>
   <si>
     <t>Meloidogyne chitwoodi, Meloidogyne fallax, Meloidogyne enterolobii, et Nacobbus aberrans</t>
   </si>
   <si>
-    <t>tubercules de pomme de terre</t>
+    <t>Tubercules de pomme de terre</t>
   </si>
   <si>
     <t>Détection de formes renflées sur tubercules de pomme de terre par extraction enzymatique et morphologie</t>
   </si>
   <si>
     <t>ANSES/LSV/MA072</t>
   </si>
   <si>
     <t>Haute Vienne</t>
   </si>
   <si>
     <t>CENTRESUD 87</t>
   </si>
   <si>
     <t>COMITE CENTRE ET SUD
 Station de Lavergne
 87370 LAURIERE</t>
   </si>
   <si>
     <t>Cotes d'Armor</t>
   </si>
   <si>
     <t>Meloidogyne chitwoodi, M. fallax et M. enterolobii</t>
   </si>
   <si>
@@ -1619,97 +1629,103 @@
   <si>
     <t>Xanthomonas phaseoli pv. Diffenbachiae</t>
   </si>
   <si>
     <t>Anthuriums et autres aracées</t>
   </si>
   <si>
     <t>PCR et isolement</t>
   </si>
   <si>
     <t>LSV/MOA028</t>
   </si>
   <si>
     <t>sur demande SRAL/SALIM ou en présence de résultats discordants entre PCR et isolement.</t>
   </si>
   <si>
     <t>2017-286</t>
   </si>
   <si>
     <t>Xanthomonas fragariae</t>
   </si>
   <si>
     <t>Fraisier</t>
   </si>
   <si>
+    <t>isolement</t>
+  </si>
+  <si>
     <t>méthode OEPP</t>
   </si>
   <si>
     <t>Xanthomonas citri pv. fuscans &amp; Xanthomonas phaseoli pv. Phaseoli</t>
   </si>
   <si>
     <t>Semences de haricot</t>
   </si>
   <si>
     <t>GEVES/SV/MO/009</t>
   </si>
   <si>
     <t>LSV/MOA030  C</t>
   </si>
   <si>
     <t>sur demande du client</t>
   </si>
   <si>
     <t>2013-8004</t>
   </si>
   <si>
     <t>Xanthomonas citri pv. Citri  &amp; 
 Xanthomonas citri pv. Aurantifolii</t>
   </si>
   <si>
     <t>Plantes hôtes de la famille des Rutacées</t>
   </si>
   <si>
     <t>Isolement-PCR</t>
   </si>
   <si>
     <t>ANSES/LSV/MA 068</t>
   </si>
   <si>
     <t>Xanthomonas arboricola</t>
   </si>
   <si>
     <t>Prunus</t>
   </si>
   <si>
     <t>LSV/BL/06/01</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>Ralstonia solanacearum, Ralstonia pseudosolanacearum et Clavibacter sepedonicus</t>
+  </si>
+  <si>
+    <t>tubercules de pomme de terre</t>
   </si>
   <si>
     <t>OEPP PM7/21 (3) et PM7/59 (2)</t>
   </si>
   <si>
     <t>Isolement et identification de souche - 
 OEPP PM7/21 (3) et PM7/59 (2)</t>
   </si>
   <si>
     <t>oui</t>
   </si>
   <si>
     <t>DGAL/SDSPV/2025-26 et DGAL/SDSPV/2025-25</t>
   </si>
   <si>
     <t>Ralstonia solanacearum</t>
   </si>
   <si>
     <t>Plantes adventices (morelle noire, morelle douce amère, ortie, lyccope)</t>
   </si>
   <si>
     <t>IF – PCR</t>
   </si>
   <si>
     <t>Directive 2006/56 et 2006/63</t>
@@ -2075,69 +2091,69 @@
       <fill>
         <patternFill>
           <fgColor indexed="64"/>
           <bgColor rgb="FFFFEB9C"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{862DA50F-C943-4B8F-B528-3997B26C7E7C}" name="Tableau17" displayName="Tableau17" ref="A6:P320" totalsRowShown="0" headerRowDxfId="17" dataDxfId="16">
-  <autoFilter ref="A6:P320" xr:uid="{23A435FC-EF5C-4D36-85DB-D4BEC93BF6BB}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{56D57D20-1F8C-4F28-9BB5-23048B221A16}" name="Tableau2" displayName="Tableau2" ref="A6:P320" totalsRowShown="0" headerRowDxfId="17" dataDxfId="16">
+  <autoFilter ref="A6:P320" xr:uid="{78AF85D7-BF1C-4531-93B6-B55280FE0EBA}"/>
   <tableColumns count="16">
-    <tableColumn id="1" xr3:uid="{EE555792-562A-48F9-B8D9-364EF70F7226}" name="Catégorie" dataDxfId="15"/>
-[...14 lines deleted...]
-    <tableColumn id="39" xr3:uid="{CEBBBC4E-7EC1-4937-9CBE-3C4CE8DF6405}" name="Adresse" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{66AC313B-B646-4913-8CAB-6E240A86FAF4}" name="Catégorie" dataDxfId="15"/>
+    <tableColumn id="2" xr3:uid="{BB15C2C8-7F09-4946-B083-CB8746AE94DE}" name="GIP" dataDxfId="14"/>
+    <tableColumn id="3" xr3:uid="{201F3F8D-1710-4975-8FD8-E374808DCF51}" name="Région" dataDxfId="13"/>
+    <tableColumn id="4" xr3:uid="{1382A0F8-D47C-4C69-B668-11F71FE943C7}" name="Département" dataDxfId="12"/>
+    <tableColumn id="9" xr3:uid="{AA18AE91-BEC6-4A73-93BC-69B37D063EAE}" name="Analyte" dataDxfId="11"/>
+    <tableColumn id="10" xr3:uid="{934D212C-B30B-4AB5-86CB-D88389AD3908}" name="Matrice" dataDxfId="10"/>
+    <tableColumn id="12" xr3:uid="{C4CFFB88-CFE5-4489-AB4E-F8EF35DFC7F4}" name="Méthode " dataDxfId="9"/>
+    <tableColumn id="14" xr3:uid="{EA65E720-00AC-448E-B56C-426162B9F808}" name="Méthode de 1ère intention = détection ou 1ère partie de l'analyse" dataDxfId="8"/>
+    <tableColumn id="15" xr3:uid="{53247909-C83D-4A07-84BF-8B30474BC58B}" name="Méthode confirmation" dataDxfId="7"/>
+    <tableColumn id="16" xr3:uid="{ACBCABC5-D95E-4C3E-9702-6372901CC922}" name="Confirmation" dataDxfId="6"/>
+    <tableColumn id="17" xr3:uid="{39F77B7B-BAB1-4D42-B1E3-14CD0974CF9D}" name="Références des IT d’officialisation des méthodes d’analyses" dataDxfId="5"/>
+    <tableColumn id="18" xr3:uid="{5194FB74-9900-47B7-855B-D5E86ACB4355}" name="Dépistage / Confirmation / R" dataDxfId="4"/>
+    <tableColumn id="19" xr3:uid="{363E1B86-DB12-45D7-991F-B6392D18E49C}" name="Complément" dataDxfId="3"/>
+    <tableColumn id="20" xr3:uid="{3017B5EF-3C26-41C8-809D-C04E004B672F}" name="Laboratoires " dataDxfId="2"/>
+    <tableColumn id="21" xr3:uid="{545C7111-910B-4E4B-8E9E-077B4CBB9B66}" name="Agréé" dataDxfId="1"/>
+    <tableColumn id="39" xr3:uid="{E7D6103D-6A95-4E72-8196-536215C86D89}" name="Adresse" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -2395,59 +2411,59 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7DBFC719-52D0-48BD-8705-C82B718BBF36}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{68D285C2-D389-4F0E-873A-3125F4E60C1F}">
   <dimension ref="A1:P320"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="A276" sqref="A276"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.7109375" style="2" customWidth="1"/>
     <col min="2" max="4" width="10.7109375" style="2" customWidth="1"/>
     <col min="5" max="6" width="20.7109375" style="2" customWidth="1"/>
     <col min="7" max="7" width="25.7109375" style="2" customWidth="1"/>
     <col min="8" max="10" width="20.7109375" style="2" customWidth="1"/>
     <col min="11" max="11" width="15.7109375" style="2" customWidth="1"/>
     <col min="12" max="12" width="10.7109375" style="2" customWidth="1"/>
     <col min="13" max="13" width="20.7109375" style="2" customWidth="1"/>
     <col min="14" max="15" width="10.7109375" style="2" customWidth="1"/>
     <col min="16" max="16" width="40.7109375" style="2" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="21" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
@@ -2471,51 +2487,51 @@
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="H4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="I4" t="s">
         <v>4</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="O4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="P4" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="5">
-        <v>45924</v>
+        <v>45988</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I5" t="s">
         <v>10</v>
       </c>
       <c r="M5" t="s">
         <v>11</v>
       </c>
       <c r="O5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="P5" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="2" t="s">
@@ -4257,11752 +4273,11750 @@
     <row r="48" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I48" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="J48" s="2" t="s">
+      <c r="K48" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="K48" s="2" t="s">
+      <c r="L48" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="M48" s="2" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="N48" s="2" t="s">
         <v>102</v>
       </c>
       <c r="O48" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P48" s="2" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="49" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I49" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="J49" s="2" t="s">
+      <c r="K49" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="K49" s="2" t="s">
+      <c r="L49" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="M49" s="2" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="N49" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O49" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P49" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="50" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I50" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="J50" s="2" t="s">
+      <c r="K50" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="K50" s="2" t="s">
+      <c r="L50" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="M50" s="2" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="N50" s="2" t="s">
         <v>72</v>
       </c>
       <c r="O50" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P50" s="2" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="51" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I51" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="J51" s="2" t="s">
+      <c r="K51" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="K51" s="2" t="s">
+      <c r="L51" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="M51" s="2" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="N51" s="2" t="s">
         <v>106</v>
       </c>
       <c r="O51" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P51" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="52" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I52" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="J52" s="2" t="s">
+      <c r="K52" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="K52" s="2" t="s">
+      <c r="L52" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="M52" s="2" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="N52" s="2" t="s">
         <v>136</v>
       </c>
       <c r="O52" s="2" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="P52" s="2" t="s">
         <v>137</v>
       </c>
     </row>
-    <row r="53" spans="1:16" ht="90" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I53" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="J53" s="2" t="s">
+      <c r="K53" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="K53" s="2" t="s">
+      <c r="L53" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="M53" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="L53" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N53" s="2" t="s">
-        <v>55</v>
+        <v>102</v>
       </c>
       <c r="O53" s="2" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="P53" s="2" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:16" ht="75" x14ac:dyDescent="0.25">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
         <v>74</v>
       </c>
+      <c r="B54" s="2" t="s">
+        <v>64</v>
+      </c>
       <c r="C54" s="2" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>138</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I54" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="J54" s="2" t="s">
+      <c r="K54" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="K54" s="2" t="s">
+      <c r="L54" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="M54" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="L54" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N54" s="2" t="s">
-        <v>102</v>
+        <v>69</v>
       </c>
       <c r="O54" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P54" s="2" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:16" ht="60" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="B55" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="2" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>138</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I55" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="J55" s="2" t="s">
+      <c r="K55" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="K55" s="2" t="s">
+      <c r="L55" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="M55" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="L55" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N55" s="2" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="O55" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P55" s="2" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:16" ht="75" x14ac:dyDescent="0.25">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>46</v>
+        <v>104</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>71</v>
+        <v>105</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>138</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I56" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="J56" s="2" t="s">
+      <c r="K56" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="K56" s="2" t="s">
+      <c r="L56" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="M56" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="L56" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N56" s="2" t="s">
-        <v>72</v>
+        <v>106</v>
       </c>
       <c r="O56" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P56" s="2" t="s">
-        <v>73</v>
+        <v>107</v>
       </c>
     </row>
     <row r="57" spans="1:16" ht="60" x14ac:dyDescent="0.25">
-      <c r="A57" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="2" t="s">
-        <v>104</v>
+        <v>53</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>105</v>
+        <v>82</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I57" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="J57" s="2" t="s">
+      <c r="K57" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="K57" s="2" t="s">
+      <c r="L57" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="M57" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="L57" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N57" s="2" t="s">
-        <v>106</v>
+        <v>136</v>
       </c>
       <c r="O57" s="2" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="P57" s="2" t="s">
-        <v>107</v>
+        <v>137</v>
       </c>
     </row>
     <row r="58" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I58" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="J58" s="2" t="s">
+      <c r="K58" s="2" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>92</v>
+      </c>
+      <c r="M58" s="2" t="s">
+        <v>134</v>
       </c>
       <c r="N58" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O58" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P58" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="59" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>126</v>
       </c>
       <c r="I59" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>128</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N59" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O59" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P59" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="60" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H60" s="2" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="I60" s="2" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N60" s="2" t="s">
         <v>106</v>
       </c>
       <c r="O60" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P60" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="61" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H61" s="2" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="I61" s="2" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>54</v>
       </c>
       <c r="N61" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O61" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P61" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="62" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I62" s="2" t="s">
         <v>78</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N62" s="2" t="s">
         <v>113</v>
       </c>
       <c r="O62" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P62" s="2" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="63" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H63" s="2" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I63" s="2" t="s">
         <v>78</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>54</v>
       </c>
       <c r="N63" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O63" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P63" s="2" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="64" spans="1:16" ht="120" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:16" ht="135" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="I64" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N64" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O64" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P64" s="2" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="65" spans="1:16" ht="120" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:16" ht="135" x14ac:dyDescent="0.25">
       <c r="A65" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H65" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="I65" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N65" s="2" t="s">
         <v>113</v>
       </c>
       <c r="O65" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P65" s="2" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="66" spans="1:16" ht="120" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:16" ht="135" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H66" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="I66" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N66" s="2" t="s">
         <v>72</v>
       </c>
       <c r="O66" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P66" s="2" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="67" spans="1:16" ht="120" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:16" ht="135" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H67" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="I67" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N67" s="2" t="s">
         <v>106</v>
       </c>
       <c r="O67" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P67" s="2" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="68" spans="1:16" ht="120" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:16" ht="135" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>85</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H68" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="I68" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N68" s="2" t="s">
         <v>89</v>
       </c>
       <c r="O68" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P68" s="2" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="69" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H69" s="2" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="I69" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>54</v>
       </c>
       <c r="N69" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O69" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P69" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="70" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H70" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="I70" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N70" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O70" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P70" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="71" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D71" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="G71" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H71" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="I71" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N71" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O71" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P71" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="72" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H72" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="I72" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N72" s="2" t="s">
         <v>106</v>
       </c>
       <c r="O72" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P72" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="73" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H73" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="I73" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N73" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O73" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P73" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="74" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H74" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="I74" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N74" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O74" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P74" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="75" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H75" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="I75" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N75" s="2" t="s">
         <v>72</v>
       </c>
       <c r="O75" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P75" s="2" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="76" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H76" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="I76" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N76" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O76" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P76" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="77" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D77" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H77" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="I77" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N77" s="2" t="s">
         <v>106</v>
       </c>
       <c r="O77" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P77" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="78" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G78" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H78" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="I78" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N78" s="2" t="s">
         <v>136</v>
       </c>
       <c r="O78" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P78" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="79" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A79" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D79" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H79" s="2" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="I79" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N79" s="2" t="s">
         <v>106</v>
       </c>
       <c r="O79" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P79" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="80" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H80" s="2" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="I80" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N80" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O80" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P80" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="81" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A81" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>110</v>
       </c>
       <c r="I81" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N81" s="2" t="s">
         <v>102</v>
       </c>
       <c r="O81" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P81" s="2" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="82" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A82" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>110</v>
       </c>
       <c r="I82" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N82" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O82" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P82" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="83" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D83" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>110</v>
       </c>
       <c r="I83" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N83" s="2" t="s">
         <v>44</v>
       </c>
       <c r="O83" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P83" s="2" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="84" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A84" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H84" s="2" t="s">
         <v>110</v>
       </c>
       <c r="I84" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N84" s="2" t="s">
         <v>72</v>
       </c>
       <c r="O84" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P84" s="2" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="85" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>110</v>
       </c>
       <c r="I85" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N85" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O85" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P85" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="86" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>110</v>
       </c>
       <c r="I86" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N86" s="2" t="s">
         <v>106</v>
       </c>
       <c r="O86" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P86" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="87" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A87" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>110</v>
       </c>
       <c r="I87" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N87" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O87" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P87" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="88" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A88" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H88" s="2" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="I88" s="2" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N88" s="2" t="s">
         <v>102</v>
       </c>
       <c r="O88" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P88" s="2" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="89" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A89" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H89" s="2" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="I89" s="2" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N89" s="2" t="s">
         <v>80</v>
       </c>
       <c r="O89" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P89" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="90" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>126</v>
       </c>
       <c r="I90" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N90" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O90" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P90" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="91" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A91" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D91" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E91" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F91" s="2" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>126</v>
       </c>
       <c r="I91" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N91" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O91" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P91" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="92" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H92" s="2" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="I92" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N92" s="2" t="s">
         <v>102</v>
       </c>
       <c r="O92" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P92" s="2" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="93" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A93" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H93" s="2" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="I93" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N93" s="2" t="s">
         <v>113</v>
       </c>
       <c r="O93" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P93" s="2" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="94" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A94" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H94" s="2" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="I94" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>3</v>
       </c>
       <c r="N94" s="2" t="s">
         <v>80</v>
       </c>
       <c r="O94" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P94" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="95" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A95" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>85</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H95" s="2" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="I95" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>54</v>
       </c>
       <c r="N95" s="2" t="s">
         <v>89</v>
       </c>
       <c r="O95" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P95" s="2" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="96" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A96" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="H96" s="2" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="I96" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N96" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="O96" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P96" s="2" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="97" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A97" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="H97" s="2" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="I97" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N97" s="2" t="s">
         <v>72</v>
       </c>
       <c r="O97" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P97" s="2" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="98" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A98" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="H98" s="2" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="I98" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N98" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O98" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P98" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="99" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A99" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="H99" s="2" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="I99" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N99" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O99" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P99" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="100" spans="1:16" ht="45" x14ac:dyDescent="0.25">
       <c r="A100" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D100" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="H100" s="2" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N100" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="O100" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P100" s="2" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="101" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="H101" s="2" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N101" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O101" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P101" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="102" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H102" s="2" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="I102" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N102" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O102" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P102" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="103" spans="1:16" ht="195" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H103" s="2" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="I103" s="2" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N103" s="2" t="s">
         <v>102</v>
       </c>
       <c r="O103" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P103" s="2" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="104" spans="1:16" ht="195" x14ac:dyDescent="0.25">
       <c r="A104" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D104" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H104" s="2" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="I104" s="2" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="J104" s="2" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N104" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="O104" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P104" s="2" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="105" spans="1:16" ht="195" x14ac:dyDescent="0.25">
       <c r="A105" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D105" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H105" s="2" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="I105" s="2" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="J105" s="2" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N105" s="2" t="s">
         <v>39</v>
       </c>
       <c r="O105" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P105" s="2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="106" spans="1:16" ht="195" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H106" s="2" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="I106" s="2" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="J106" s="2" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N106" s="2" t="s">
         <v>80</v>
       </c>
       <c r="O106" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P106" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="107" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A107" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="H107" s="2" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="I107" s="2" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="J107" s="2" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N107" s="2" t="s">
         <v>102</v>
       </c>
       <c r="O107" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P107" s="2" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="108" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A108" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D108" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E108" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="F108" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="G108" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="H108" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="I108" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="J108" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="L108" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="N108" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="F108" s="2" t="s">
+      <c r="O108" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="P108" s="2" t="s">
         <v>199</v>
-      </c>
-[...22 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="109" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A109" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="H109" s="2" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="I109" s="2" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="J109" s="2" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N109" s="2" t="s">
         <v>80</v>
       </c>
       <c r="O109" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P109" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="110" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A110" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D110" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="F110" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="G110" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="H110" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="G110" s="2" t="s">
+      <c r="I110" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="J110" s="2" t="s">
         <v>204</v>
-      </c>
-[...7 lines deleted...]
-        <v>202</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N110" s="2" t="s">
         <v>80</v>
       </c>
       <c r="O110" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P110" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="111" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D111" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="H111" s="2" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="I111" s="2" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N111" s="2" t="s">
         <v>102</v>
       </c>
       <c r="O111" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P111" s="2" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="112" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A112" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D112" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="H112" s="2" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="I112" s="2" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="J112" s="2" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N112" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="O112" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P112" s="2" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="113" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D113" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="H113" s="2" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="I113" s="2" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="J113" s="2" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N113" s="2" t="s">
         <v>80</v>
       </c>
       <c r="O113" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P113" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="114" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A114" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D114" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="I114" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="J114" s="2" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N114" s="2" t="s">
         <v>102</v>
       </c>
       <c r="O114" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P114" s="2" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="115" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A115" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D115" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="H115" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="I115" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="J115" s="2" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N115" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="O115" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P115" s="2" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="116" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A116" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D116" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G116" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="H116" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="I116" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N116" s="2" t="s">
         <v>39</v>
       </c>
       <c r="O116" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P116" s="2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="117" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A117" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D117" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="H117" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="I117" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="J117" s="2" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N117" s="2" t="s">
         <v>80</v>
       </c>
       <c r="O117" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P117" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="118" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A118" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D118" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H118" s="2" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="I118" s="2" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N118" s="2" t="s">
         <v>80</v>
       </c>
       <c r="O118" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P118" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="119" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A119" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D119" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I119" s="2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>54</v>
       </c>
       <c r="N119" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O119" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P119" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="120" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A120" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D120" s="2" t="s">
         <v>85</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>86</v>
+        <v>223</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>38</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>87</v>
       </c>
       <c r="I120" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N120" s="2" t="s">
         <v>89</v>
       </c>
       <c r="O120" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P120" s="2" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="121" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A121" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D121" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H121" s="2" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="I121" s="2" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="J121" s="2" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N121" s="2" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="O121" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P121" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
     </row>
     <row r="122" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D122" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="G122" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H122" s="2" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="I122" s="2" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="J122" s="2" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N122" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O122" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P122" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="123" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A123" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D123" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="G123" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H123" s="2" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="I123" s="2" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="J123" s="2" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N123" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O123" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P123" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="124" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A124" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D124" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H124" s="2" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="I124" s="2" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N124" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O124" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P124" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="125" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A125" s="2" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D125" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="G125" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H125" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="I125" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="J125" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N125" s="2" t="s">
         <v>39</v>
       </c>
       <c r="O125" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P125" s="2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="126" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A126" s="2" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D126" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="G126" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H126" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="I126" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="J126" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N126" s="2" t="s">
         <v>113</v>
       </c>
       <c r="O126" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P126" s="2" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="127" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A127" s="2" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D127" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H127" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="I127" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="J127" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N127" s="2" t="s">
         <v>44</v>
       </c>
       <c r="O127" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P127" s="2" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="128" spans="1:16" ht="45" x14ac:dyDescent="0.25">
       <c r="A128" s="2" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D128" s="2" t="s">
         <v>47</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="G128" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H128" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="I128" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N128" s="2" t="s">
         <v>48</v>
       </c>
       <c r="O128" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P128" s="2" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="129" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A129" s="2" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D129" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H129" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="I129" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="L129" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N129" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O129" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P129" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="130" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A130" s="2" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D130" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G130" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H130" s="2" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="I130" s="2" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="J130" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="L130" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N130" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O130" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P130" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="131" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A131" s="2" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D131" s="2" t="s">
         <v>85</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>86</v>
+        <v>223</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G131" s="2" t="s">
         <v>87</v>
       </c>
       <c r="H131" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I131" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L131" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N131" s="2" t="s">
         <v>89</v>
       </c>
       <c r="O131" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P131" s="2" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="132" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A132" s="2" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D132" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>126</v>
       </c>
       <c r="I132" s="2" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="J132" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N132" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O132" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P132" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="133" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A133" s="2" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D133" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="G133" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H133" s="2" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="I133" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J133" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N133" s="2" t="s">
         <v>113</v>
       </c>
       <c r="O133" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P133" s="2" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="134" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A134" s="2" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D134" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="G134" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H134" s="2" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="I134" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J134" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N134" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O134" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P134" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="135" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A135" s="2" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C135" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D135" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="G135" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H135" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="I135" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="J135" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N135" s="2" t="s">
         <v>39</v>
       </c>
       <c r="O135" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P135" s="2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="136" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A136" s="2" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D136" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="G136" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H136" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="I136" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="J136" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="K136" s="2" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N136" s="2" t="s">
         <v>113</v>
       </c>
       <c r="O136" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P136" s="2" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="137" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A137" s="2" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D137" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="G137" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H137" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="I137" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="J137" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N137" s="2" t="s">
         <v>44</v>
       </c>
       <c r="O137" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P137" s="2" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="138" spans="1:16" ht="45" x14ac:dyDescent="0.25">
       <c r="A138" s="2" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D138" s="2" t="s">
         <v>47</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="G138" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H138" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="I138" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="J138" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N138" s="2" t="s">
         <v>48</v>
       </c>
       <c r="O138" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P138" s="2" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="139" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A139" s="2" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D139" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="G139" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H139" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="I139" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="J139" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N139" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O139" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P139" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="140" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A140" s="2" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D140" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="G140" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H140" s="2" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="I140" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J140" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N140" s="2" t="s">
         <v>113</v>
       </c>
       <c r="O140" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P140" s="2" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="141" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A141" s="2" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D141" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="G141" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H141" s="2" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="I141" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J141" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N141" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O141" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P141" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="142" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A142" s="2" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D142" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="G142" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H142" s="2" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="I142" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J142" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N142" s="2" t="s">
         <v>113</v>
       </c>
       <c r="O142" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P142" s="2" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="143" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A143" s="2" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D143" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H143" s="2" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="I143" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J143" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N143" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O143" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P143" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="144" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A144" s="2" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D144" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G144" s="2" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="H144" s="2" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="I144" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N144" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O144" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P144" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="145" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A145" s="2" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D145" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G145" s="2" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="H145" s="2" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="I145" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N145" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="O145" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P145" s="2" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="146" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A146" s="2" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D146" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G146" s="2" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="H146" s="2" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="I146" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L146" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N146" s="2" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="O146" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P146" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
     </row>
     <row r="147" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A147" s="2" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D147" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="E147" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="E147" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F147" s="2" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G147" s="2" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="H147" s="2" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="I147" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N147" s="2" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="O147" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P147" s="2" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="148" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A148" s="2" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D148" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E148" s="2" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G148" s="2" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="H148" s="2" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="I148" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L148" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N148" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O148" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P148" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="149" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A149" s="2" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C149" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D149" s="2" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E149" s="2" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G149" s="2" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="H149" s="2" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="I149" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L149" s="2" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="N149" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="O149" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P149" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="150" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A150" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D150" s="2" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E150" s="2" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G150" s="2" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="H150" s="2" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="I150" s="2" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N150" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="O150" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P150" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="151" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A151" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D151" s="2" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E151" s="2" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="G151" s="2" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="H151" s="2" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N151" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="O151" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P151" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="152" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A152" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D152" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="E152" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="F152" s="2" t="s">
         <v>269</v>
       </c>
-      <c r="E152" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G152" s="2" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="H152" s="2" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N152" s="2" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="O152" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P152" s="2" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
     </row>
     <row r="153" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A153" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D153" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E153" s="2" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="G153" s="2" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="H153" s="2" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N153" s="2" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="O153" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P153" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
     </row>
     <row r="154" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A154" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D154" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E154" s="2" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="G154" s="2" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="H154" s="2" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="L154" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N154" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="O154" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P154" s="2" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="155" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A155" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D155" s="2" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="E155" s="2" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="G155" s="2" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="H155" s="2" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="L155" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N155" s="2" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="O155" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P155" s="2" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="156" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A156" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D156" s="2" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="E156" s="2" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="G156" s="2" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="H156" s="2" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="L156" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N156" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O156" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P156" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="157" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A157" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D157" s="2" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="G157" s="2" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="H157" s="2" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="I157" s="2" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N157" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="O157" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P157" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="158" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A158" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D158" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E158" s="2" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="G158" s="2" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="H158" s="2" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="I158" s="2" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="J158" s="2" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>1</v>
       </c>
       <c r="M158" s="2" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="N158" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O158" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P158" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="159" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A159" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D159" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E159" s="2" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="G159" s="2" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="H159" s="2" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="I159" s="2" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="J159" s="2" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="L159" s="2" t="s">
         <v>1</v>
       </c>
       <c r="M159" s="2" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="N159" s="2" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="O159" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P159" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
     </row>
     <row r="160" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A160" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D160" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E160" s="2" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="G160" s="2" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="H160" s="2" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="I160" s="2" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="J160" s="2" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>1</v>
       </c>
       <c r="M160" s="2" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="N160" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O160" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P160" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="161" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A161" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D161" s="2" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E161" s="2" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="G161" s="2" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="H161" s="2" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="I161" s="2" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="J161" s="2" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N161" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="O161" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P161" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="162" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A162" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D162" s="2" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="G162" s="2" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H162" s="2" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="I162" s="2" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="J162" s="2" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="L162" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N162" s="2" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="O162" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P162" s="2" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
     </row>
     <row r="163" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A163" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D163" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="G163" s="2" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H163" s="2" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="I163" s="2" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="J163" s="2" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="L163" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N163" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="O163" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P163" s="2" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="164" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A164" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D164" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E164" s="2" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="G164" s="2" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H164" s="2" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="I164" s="2" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="J164" s="2" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="L164" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N164" s="2" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="O164" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P164" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
     </row>
     <row r="165" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A165" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D165" s="2" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="E165" s="2" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H165" s="2" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="I165" s="2" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="J165" s="2" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="L165" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N165" s="2" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="O165" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P165" s="2" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="166" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A166" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D166" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E166" s="2" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H166" s="2" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="I166" s="2" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="J166" s="2" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="L166" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N166" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O166" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P166" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="167" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A167" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C167" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D167" s="2" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="G167" s="2" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H167" s="2" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="I167" s="2" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="J167" s="2" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="L167" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N167" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="O167" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P167" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="168" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A168" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C168" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D168" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E168" s="2" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="G168" s="2" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="H168" s="2" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="K168" s="2" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="L168" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N168" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O168" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P168" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="169" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A169" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C169" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D169" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="G169" s="2" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="H169" s="2" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="K169" s="2" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="L169" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N169" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O169" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P169" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="170" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A170" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D170" s="2" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="G170" s="2" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="H170" s="2" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="K170" s="2" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="L170" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N170" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="O170" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P170" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="171" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A171" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D171" s="2" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="G171" s="2" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="H171" s="2" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="I171" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K171" s="2" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N171" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="O171" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P171" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="172" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A172" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C172" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D172" s="2" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="G172" s="2" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="H172" s="2" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="I172" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K172" s="2" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>1</v>
       </c>
       <c r="M172" s="2" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="N172" s="2" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="O172" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P172" s="2" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
     </row>
     <row r="173" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A173" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C173" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D173" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E173" s="2" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="G173" s="2" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="H173" s="2" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="I173" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K173" s="2" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="L173" s="2" t="s">
         <v>1</v>
       </c>
       <c r="M173" s="2" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="N173" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O173" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P173" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="174" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A174" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D174" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E174" s="2" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="G174" s="2" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="H174" s="2" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="I174" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K174" s="2" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>1</v>
       </c>
       <c r="M174" s="2" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="N174" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="O174" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P174" s="2" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="175" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A175" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D175" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="G175" s="2" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="H175" s="2" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="I175" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K175" s="2" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="L175" s="2" t="s">
         <v>1</v>
       </c>
       <c r="M175" s="2" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="N175" s="2" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="O175" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P175" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
     </row>
     <row r="176" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A176" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C176" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D176" s="2" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="G176" s="2" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="H176" s="2" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="I176" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K176" s="2" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="L176" s="2" t="s">
         <v>1</v>
       </c>
       <c r="M176" s="2" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="N176" s="2" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="O176" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P176" s="2" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="177" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A177" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D177" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E177" s="2" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="G177" s="2" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="H177" s="2" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="I177" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K177" s="2" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="L177" s="2" t="s">
         <v>1</v>
       </c>
       <c r="M177" s="2" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="N177" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O177" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P177" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="178" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A178" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D178" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="E178" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="F178" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="G178" s="2" t="s">
         <v>303</v>
       </c>
-      <c r="E178" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H178" s="2" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="I178" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J178" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K178" s="2" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="L178" s="2" t="s">
         <v>1</v>
       </c>
       <c r="M178" s="2" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="N178" s="2" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="O178" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P178" s="2" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
     </row>
     <row r="179" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A179" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C179" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D179" s="2" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E179" s="2" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="G179" s="2" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="H179" s="2" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="I179" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K179" s="2" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="L179" s="2" t="s">
         <v>79</v>
       </c>
       <c r="M179" s="2" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="N179" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="O179" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P179" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="180" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A180" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D180" s="2" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E180" s="2" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="H180" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="I180" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="J180" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L180" s="2" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="N180" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="O180" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P180" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="181" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A181" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C181" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D181" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E181" s="2" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="G181" s="2" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="H181" s="2" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="L181" s="2" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="N181" s="2" t="s">
         <v>136</v>
       </c>
       <c r="O181" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P181" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="182" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A182" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C182" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D182" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E182" s="2" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="G182" s="2" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="H182" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="I182" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="J182" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="L182" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N182" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O182" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P182" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="183" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A183" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D183" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E183" s="2" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="G183" s="2" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="H183" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="I183" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="J183" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="L183" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N183" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="O183" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P183" s="2" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="184" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A184" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D184" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E184" s="2" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="G184" s="2" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="H184" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="I184" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="J184" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="L184" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N184" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O184" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P184" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="185" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A185" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C185" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D185" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="G185" s="2" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="H185" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="I185" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="J185" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="L185" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N185" s="2" t="s">
         <v>136</v>
       </c>
       <c r="O185" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P185" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="186" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A186" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C186" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D186" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E186" s="2" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="F186" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="G186" s="2" t="s">
         <v>316</v>
       </c>
-      <c r="G186" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H186" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="I186" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="J186" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="L186" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N186" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O186" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P186" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="187" spans="1:16" ht="45" x14ac:dyDescent="0.25">
       <c r="A187" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D187" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E187" s="2" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="F187" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="G187" s="2" t="s">
         <v>316</v>
       </c>
-      <c r="G187" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H187" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="I187" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="J187" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="L187" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N187" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="O187" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P187" s="2" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="188" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A188" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C188" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D188" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E188" s="2" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="F188" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="G188" s="2" t="s">
         <v>316</v>
       </c>
-      <c r="G188" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H188" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="I188" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="J188" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="L188" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N188" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O188" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P188" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="189" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A189" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C189" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D189" s="2" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E189" s="2" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="F189" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="G189" s="2" t="s">
         <v>316</v>
       </c>
-      <c r="G189" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H189" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="I189" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="J189" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="L189" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N189" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="O189" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P189" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="190" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A190" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C190" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D190" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E190" s="2" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="G190" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H190" s="2" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="I190" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J190" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K190" s="2" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="L190" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N190" s="2" t="s">
         <v>113</v>
       </c>
       <c r="O190" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P190" s="2" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="191" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A191" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C191" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D191" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E191" s="2" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="G191" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H191" s="2" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="I191" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J191" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K191" s="2" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="L191" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N191" s="2" t="s">
         <v>72</v>
       </c>
       <c r="O191" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P191" s="2" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="192" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A192" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C192" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D192" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="G192" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H192" s="2" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="I192" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J192" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K192" s="2" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="L192" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N192" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O192" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P192" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="193" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A193" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C193" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D193" s="2" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E193" s="2" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="G193" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H193" s="2" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="I193" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J193" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K193" s="2" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="L193" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N193" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="O193" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P193" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="194" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A194" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C194" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D194" s="2" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E194" s="2" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="G194" s="2" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="H194" s="2" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="I194" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J194" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K194" s="2" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="L194" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N194" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="O194" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P194" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="195" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A195" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C195" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D195" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E195" s="2" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="G195" s="2" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="H195" s="2" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="I195" s="2" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="J195" s="2" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="K195" s="2" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="L195" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N195" s="2" t="s">
         <v>113</v>
       </c>
       <c r="O195" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P195" s="2" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="196" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A196" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C196" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D196" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E196" s="2" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="G196" s="2" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="H196" s="2" t="s">
+        <v>335</v>
+      </c>
+      <c r="I196" s="2" t="s">
         <v>332</v>
       </c>
-      <c r="I196" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J196" s="2" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="K196" s="2" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="L196" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N196" s="2" t="s">
         <v>72</v>
       </c>
       <c r="O196" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P196" s="2" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="197" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A197" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C197" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D197" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E197" s="2" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="G197" s="2" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="H197" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="I197" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="J197" s="2" t="s">
         <v>333</v>
       </c>
-      <c r="I197" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K197" s="2" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="L197" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N197" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O197" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P197" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="198" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A198" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D198" s="2" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E198" s="2" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="G198" s="2" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="H198" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="I198" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="J198" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="K198" s="2" t="s">
         <v>334</v>
-      </c>
-[...7 lines deleted...]
-        <v>331</v>
       </c>
       <c r="L198" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N198" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="O198" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P198" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="199" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A199" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C199" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D199" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E199" s="2" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G199" s="2" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="H199" s="2" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="I199" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J199" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L199" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N199" s="2" t="s">
         <v>136</v>
       </c>
       <c r="O199" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P199" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="200" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A200" s="2" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="C200" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D200" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E200" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="G200" s="2" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="H200" s="2" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="I200" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J200" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L200" s="2" t="s">
         <v>9</v>
       </c>
       <c r="N200" s="2" t="s">
         <v>136</v>
       </c>
       <c r="O200" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P200" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="201" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A201" s="2" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C201" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D201" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E201" s="2" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="G201" s="2" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="H201" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="I201" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="J201" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="L201" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N201" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O201" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P201" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="202" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A202" s="2" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C202" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D202" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E202" s="2" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="G202" s="2" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="H202" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="I202" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="J202" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="L202" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N202" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O202" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P202" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="203" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A203" s="2" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C203" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D203" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E203" s="2" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="G203" s="2" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="H203" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="I203" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="J203" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="L203" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N203" s="2" t="s">
         <v>136</v>
       </c>
       <c r="O203" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P203" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="204" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A204" s="2" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C204" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D204" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="E204" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="F204" s="2" t="s">
         <v>346</v>
       </c>
-      <c r="E204" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G204" s="2" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="H204" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="I204" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="J204" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="L204" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N204" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O204" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P204" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="205" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A205" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C205" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D205" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E205" s="2" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G205" s="2" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="H205" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I205" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J205" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L205" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N205" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O205" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P205" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="206" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A206" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C206" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D206" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="G206" s="2" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="H206" s="2" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="I206" s="2" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="J206" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K206" s="2" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="L206" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N206" s="2" t="s">
         <v>106</v>
       </c>
       <c r="O206" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P206" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="207" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A207" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C207" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D207" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E207" s="2" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="G207" s="2" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="H207" s="2" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="I207" s="2" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="J207" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K207" s="2" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="L207" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N207" s="2" t="s">
         <v>136</v>
       </c>
       <c r="O207" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P207" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="208" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A208" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C208" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D208" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E208" s="2" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="G208" s="2" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="H208" s="2" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="I208" s="2" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="J208" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K208" s="2" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="L208" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N208" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O208" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P208" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="209" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A209" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C209" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D209" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="G209" s="2" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="H209" s="2" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="I209" s="2" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="J209" s="2" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="K209" s="2" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="L209" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N209" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O209" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P209" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="210" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A210" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C210" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D210" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="G210" s="2" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="H210" s="2" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="I210" s="2" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="J210" s="2" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="K210" s="2" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="L210" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N210" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O210" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P210" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="211" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A211" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C211" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D211" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E211" s="2" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="G211" s="2" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="H211" s="2" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="I211" s="2" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="J211" s="2" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="K211" s="2" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="L211" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N211" s="2" t="s">
         <v>106</v>
       </c>
       <c r="O211" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P211" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="212" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A212" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C212" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D212" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E212" s="2" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="G212" s="2" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="H212" s="2" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="I212" s="2" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="J212" s="2" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="K212" s="2" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="L212" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N212" s="2" t="s">
         <v>136</v>
       </c>
       <c r="O212" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P212" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="213" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A213" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C213" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D213" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E213" s="2" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="G213" s="2" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="H213" s="2" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="I213" s="2" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="J213" s="2" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="K213" s="2" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="L213" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N213" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O213" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P213" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="214" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A214" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D214" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G214" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H214" s="2" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="I214" s="2" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="J214" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K214" s="2" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="L214" s="2" t="s">
         <v>1</v>
       </c>
       <c r="M214" s="2" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="N214" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="O214" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P214" s="2" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="215" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A215" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C215" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D215" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E215" s="2" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G215" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H215" s="2" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="I215" s="2" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="J215" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K215" s="2" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="L215" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N215" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O215" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P215" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="216" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A216" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C216" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D216" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E216" s="2" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="G216" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H216" s="2" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="I216" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J216" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K216" s="2" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="L216" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N216" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O216" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P216" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="217" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A217" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C217" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D217" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E217" s="2" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="G217" s="2" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="H217" s="2" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="I217" s="2" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="J217" s="2" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="K217" s="2" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="L217" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N217" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O217" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P217" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="218" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A218" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C218" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D218" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E218" s="2" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="G218" s="2" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="H218" s="2" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="I218" s="2" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="J218" s="2" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="K218" s="2" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="L218" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N218" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O218" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P218" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="219" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A219" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C219" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D219" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E219" s="2" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="G219" s="2" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="H219" s="2" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="I219" s="2" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="J219" s="2" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="K219" s="2" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="L219" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N219" s="2" t="s">
         <v>136</v>
       </c>
       <c r="O219" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P219" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="220" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A220" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C220" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D220" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="G220" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H220" s="2" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="I220" s="2" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="J220" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="K220" s="2" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="L220" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N220" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O220" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P220" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="221" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A221" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C221" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D221" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="G221" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H221" s="2" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="I221" s="2" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="J221" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="K221" s="2" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="L221" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N221" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O221" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P221" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="222" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A222" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D222" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="G222" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H222" s="2" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="I222" s="2" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="J222" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="K222" s="2" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="L222" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N222" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O222" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P222" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="223" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A223" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D223" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E223" s="2" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="G223" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H223" s="2" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="I223" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J223" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K223" s="2" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="L223" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N223" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O223" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P223" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="224" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A224" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C224" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D224" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E224" s="2" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="G224" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H224" s="2" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="I224" s="2" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="J224" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="K224" s="2" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="L224" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N224" s="2" t="s">
         <v>136</v>
       </c>
       <c r="O224" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P224" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="225" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A225" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C225" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D225" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E225" s="2" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="G225" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H225" s="2" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="I225" s="2" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="J225" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K225" s="2" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="L225" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N225" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O225" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P225" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="226" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A226" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C226" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D226" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G226" s="2" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="H226" s="2" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="I226" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J226" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K226" s="2" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="L226" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N226" s="2" t="s">
         <v>136</v>
       </c>
       <c r="O226" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P226" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="227" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A227" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C227" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D227" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E227" s="2" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="G227" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H227" s="2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="I227" s="2" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="J227" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="K227" s="2" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="L227" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N227" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O227" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P227" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="228" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A228" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C228" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D228" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="G228" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H228" s="2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="I228" s="2" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="J228" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="K228" s="2" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="L228" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N228" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O228" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P228" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="229" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A229" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C229" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D229" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E229" s="2" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="G229" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H229" s="2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="I229" s="2" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="J229" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="K229" s="2" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="L229" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N229" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O229" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P229" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="230" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A230" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C230" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D230" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E230" s="2" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="G230" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H230" s="2" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="I230" s="2" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="J230" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K230" s="2" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="L230" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N230" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O230" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P230" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="231" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A231" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C231" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D231" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="G231" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H231" s="2" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="I231" s="2" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="J231" s="2" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="K231" s="2" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="L231" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N231" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O231" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P231" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="232" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A232" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C232" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D232" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="G232" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H232" s="2" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="I232" s="2" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="J232" s="2" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="K232" s="2" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="L232" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N232" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O232" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P232" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="233" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A233" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C233" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D233" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E233" s="2" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="G233" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H233" s="2" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="I233" s="2" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="J233" s="2" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="K233" s="2" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="L233" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N233" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O233" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P233" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="234" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A234" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C234" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D234" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E234" s="2" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="G234" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H234" s="2" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="I234" s="2" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="J234" s="2" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="K234" s="2" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="L234" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N234" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O234" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P234" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="235" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A235" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C235" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D235" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="G235" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H235" s="2" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="I235" s="2" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="J235" s="2" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="K235" s="2" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="L235" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N235" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O235" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P235" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="236" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A236" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C236" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D236" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="G236" s="2" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="H236" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I236" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J236" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L236" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N236" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O236" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P236" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="237" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A237" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C237" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D237" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E237" s="2" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H237" s="2" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="I237" s="2" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="J237" s="2" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="K237" s="2" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="L237" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N237" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O237" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P237" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="238" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A238" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C238" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D238" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E238" s="2" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="G238" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H238" s="2" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="I238" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J238" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K238" s="2" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="L238" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N238" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O238" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P238" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="239" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A239" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C239" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D239" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E239" s="2" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="G239" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H239" s="2" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="I239" s="2" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="J239" s="2" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="K239" s="2" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="L239" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N239" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O239" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P239" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="240" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A240" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C240" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D240" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E240" s="2" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="G240" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H240" s="2" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="I240" s="2" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="J240" s="2" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="K240" s="2" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="L240" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N240" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O240" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P240" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="241" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A241" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C241" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D241" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="G241" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H241" s="2" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="I241" s="2" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="J241" s="2" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="K241" s="2" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="L241" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N241" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O241" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P241" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="242" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A242" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C242" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D242" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="G242" s="2" t="s">
+        <v>444</v>
+      </c>
+      <c r="H242" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="I242" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="J242" s="2" t="s">
         <v>441</v>
       </c>
-      <c r="H242" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K242" s="2" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="L242" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N242" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O242" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P242" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="243" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A243" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C243" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D243" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E243" s="2" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="G243" s="2" t="s">
+        <v>444</v>
+      </c>
+      <c r="H243" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="I243" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="J243" s="2" t="s">
         <v>441</v>
       </c>
-      <c r="H243" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K243" s="2" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="L243" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N243" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O243" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P243" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="244" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A244" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C244" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D244" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="G244" s="2" t="s">
+        <v>444</v>
+      </c>
+      <c r="H244" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="I244" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="J244" s="2" t="s">
         <v>441</v>
       </c>
-      <c r="H244" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K244" s="2" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="L244" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N244" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O244" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P244" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="245" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A245" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C245" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D245" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="G245" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H245" s="2" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="I245" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J245" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K245" s="2" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="L245" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N245" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O245" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P245" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="246" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A246" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C246" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D246" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E246" s="2" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="G246" s="2" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="H246" s="2" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="I246" s="2" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="J246" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K246" s="2" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="L246" s="2" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="N246" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O246" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P246" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="247" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A247" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C247" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D247" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H247" s="2" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="L247" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N247" s="2" t="s">
         <v>72</v>
       </c>
       <c r="O247" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P247" s="2" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="248" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A248" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C248" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D248" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="G248" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H248" s="2" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="L248" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N248" s="2" t="s">
         <v>106</v>
       </c>
       <c r="O248" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P248" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="249" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A249" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="G249" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="L249" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N249" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O249" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P249" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="250" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A250" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C250" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D250" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E250" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="F250" s="2" t="s">
+        <v>457</v>
+      </c>
+      <c r="G250" s="2" t="s">
         <v>453</v>
       </c>
-      <c r="F250" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H250" s="2" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="I250" s="2" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="J250" s="2" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="K250" s="2" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="L250" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N250" s="2" t="s">
         <v>106</v>
       </c>
       <c r="O250" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P250" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="251" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A251" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C251" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D251" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E251" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="F251" s="2" t="s">
+        <v>457</v>
+      </c>
+      <c r="G251" s="2" t="s">
         <v>453</v>
       </c>
-      <c r="F251" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H251" s="2" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="I251" s="2" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="J251" s="2" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="K251" s="2" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="L251" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N251" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O251" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P251" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="252" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A252" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C252" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D252" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="G252" s="2" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="H252" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I252" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J252" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L252" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N252" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O252" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P252" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="253" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A253" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C253" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D253" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="G253" s="2" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="H253" s="2" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="I253" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J253" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K253" s="2" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="L253" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N253" s="2" t="s">
         <v>136</v>
       </c>
       <c r="O253" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P253" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="254" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A254" s="2" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C254" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D254" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="G254" s="2" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="H254" s="2" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="I254" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J254" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K254" s="2" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="L254" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N254" s="2" t="s">
         <v>136</v>
       </c>
       <c r="O254" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P254" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="255" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A255" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C255" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D255" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="G255" s="2" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="H255" s="2" t="s">
         <v>37</v>
       </c>
       <c r="L255" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N255" s="2" t="s">
         <v>80</v>
       </c>
       <c r="O255" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P255" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="256" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A256" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C256" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D256" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="G256" s="2" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="H256" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I256" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J256" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L256" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N256" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O256" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P256" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="257" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A257" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C257" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D257" s="2" t="s">
         <v>85</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>86</v>
+        <v>223</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G257" s="2" t="s">
         <v>38</v>
       </c>
       <c r="H257" s="2" t="s">
         <v>87</v>
       </c>
       <c r="I257" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J257" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L257" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N257" s="2" t="s">
         <v>89</v>
       </c>
       <c r="O257" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P257" s="2" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="258" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A258" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C258" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D258" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="G258" s="2" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="H258" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I258" s="2" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="J258" s="2" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="L258" s="2" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="N258" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O258" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P258" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="259" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A259" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C259" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D259" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="G259" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H259" s="2" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="I259" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J259" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K259" s="2" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="L259" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N259" s="2" t="s">
         <v>72</v>
       </c>
       <c r="O259" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P259" s="2" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="260" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A260" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C260" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D260" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="G260" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H260" s="2" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="I260" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J260" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K260" s="2" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="L260" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N260" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O260" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P260" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="261" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A261" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C261" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D261" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="G261" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H261" s="2" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="I261" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J261" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K261" s="2" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="L261" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N261" s="2" t="s">
         <v>106</v>
       </c>
       <c r="O261" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P261" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="262" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A262" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C262" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D262" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="G262" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H262" s="2" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="I262" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J262" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K262" s="2" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="L262" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N262" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O262" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P262" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="263" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A263" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C263" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D263" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="G263" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H263" s="2" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="I263" s="2" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="J263" s="2" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="K263" s="2" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="L263" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N263" s="2" t="s">
         <v>39</v>
       </c>
       <c r="O263" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P263" s="2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="264" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A264" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C264" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D264" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="G264" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H264" s="2" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="I264" s="2" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="J264" s="2" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="K264" s="2" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="L264" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N264" s="2" t="s">
         <v>69</v>
       </c>
       <c r="O264" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P264" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="265" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A265" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C265" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D265" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="G265" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H265" s="2" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="I265" s="2" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="J265" s="2" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="K265" s="2" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="L265" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N265" s="2" t="s">
         <v>72</v>
       </c>
       <c r="O265" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P265" s="2" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="266" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A266" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C266" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D266" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E266" s="2" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="G266" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H266" s="2" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="I266" s="2" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="J266" s="2" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="K266" s="2" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="L266" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N266" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O266" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P266" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="267" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A267" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C267" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D267" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E267" s="2" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="G267" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H267" s="2" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="I267" s="2" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="J267" s="2" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="K267" s="2" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="L267" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N267" s="2" t="s">
         <v>106</v>
       </c>
       <c r="O267" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P267" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="268" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A268" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C268" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D268" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E268" s="2" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="G268" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H268" s="2" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="I268" s="2" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="J268" s="2" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="K268" s="2" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="L268" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N268" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O268" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P268" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="269" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A269" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C269" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D269" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E269" s="2" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="G269" s="2" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="H269" s="2" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="I269" s="2" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="J269" s="2" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="K269" s="2" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="L269" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N269" s="2" t="s">
         <v>102</v>
       </c>
       <c r="O269" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P269" s="2" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="270" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A270" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C270" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D270" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E270" s="2" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="G270" s="2" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="H270" s="2" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="I270" s="2" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="J270" s="2" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="K270" s="2" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="L270" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N270" s="2" t="s">
         <v>80</v>
       </c>
       <c r="O270" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P270" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="271" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A271" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C271" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D271" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E271" s="2" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="G271" s="2" t="s">
-        <v>350</v>
+        <v>499</v>
       </c>
       <c r="H271" s="2" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="I271" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J271" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L271" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N271" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O271" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P271" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="272" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A272" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C272" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D272" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E272" s="2" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="G272" s="2" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="H272" s="2" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="I272" s="2" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="J272" s="2" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="K272" s="2" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="L272" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N272" s="2" t="s">
         <v>136</v>
       </c>
       <c r="O272" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P272" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="273" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A273" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D273" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E273" s="2" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="G273" s="2" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="H273" s="2" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="I273" s="2" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="L273" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N273" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="O273" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P273" s="2" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="274" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A274" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C274" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D274" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E274" s="2" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="G274" s="2" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="H274" s="2" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="I274" s="2" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="J274" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L274" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N274" s="2" t="s">
         <v>80</v>
       </c>
       <c r="O274" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P274" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="275" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A275" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C275" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D275" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E275" s="2" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="G275" s="2" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="H275" s="2" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="I275" s="2" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="J275" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L275" s="2" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="N275" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O275" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P275" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="276" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A276" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C276" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D276" s="2" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="E276" s="2" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>266</v>
+        <v>516</v>
       </c>
       <c r="G276" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H276" s="2" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="I276" s="2" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="J276" s="2" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="K276" s="2" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="L276" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N276" s="2" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="O276" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P276" s="2" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
     </row>
     <row r="277" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A277" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D277" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E277" s="2" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>266</v>
+        <v>516</v>
       </c>
       <c r="G277" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H277" s="2" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="I277" s="2" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="J277" s="2" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="K277" s="2" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="L277" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N277" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="O277" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P277" s="2" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="278" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A278" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D278" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E278" s="2" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>266</v>
+        <v>516</v>
       </c>
       <c r="G278" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H278" s="2" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="I278" s="2" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="J278" s="2" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="K278" s="2" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="L278" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N278" s="2" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="O278" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P278" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
     </row>
     <row r="279" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A279" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C279" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D279" s="2" t="s">
         <v>58</v>
       </c>
       <c r="E279" s="2" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>266</v>
+        <v>516</v>
       </c>
       <c r="G279" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H279" s="2" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="I279" s="2" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="J279" s="2" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="K279" s="2" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="L279" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N279" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O279" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P279" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="280" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A280" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C280" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D280" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E280" s="2" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>266</v>
+        <v>516</v>
       </c>
       <c r="G280" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H280" s="2" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="I280" s="2" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="K280" s="2" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="L280" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N280" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O280" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P280" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="281" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A281" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D281" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E281" s="2" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="G281" s="2" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H281" s="2" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I281" s="2" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="J281" s="2" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="L281" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N281" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="O281" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P281" s="2" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="282" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A282" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C282" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D282" s="2" t="s">
         <v>58</v>
       </c>
       <c r="E282" s="2" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="G282" s="2" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H282" s="2" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I282" s="2" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="J282" s="2" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="L282" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N282" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O282" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P282" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="283" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A283" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C283" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D283" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E283" s="2" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="G283" s="2" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H283" s="2" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I283" s="2" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="J283" s="2" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="L283" s="2" t="s">
         <v>3</v>
       </c>
       <c r="M283" s="2" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="N283" s="2" t="s">
         <v>80</v>
       </c>
       <c r="O283" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P283" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="284" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A284" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C284" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D284" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E284" s="2" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="G284" s="2" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H284" s="2" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I284" s="2" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="J284" s="2" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="L284" s="2" t="s">
         <v>92</v>
       </c>
       <c r="M284" s="2" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="N284" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O284" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P284" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="285" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A285" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D285" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E285" s="2" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="F285" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="G285" s="2" t="s">
+        <v>523</v>
+      </c>
+      <c r="H285" s="2" t="s">
         <v>524</v>
       </c>
-      <c r="G285" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I285" s="2" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="J285" s="2" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="L285" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N285" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="O285" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P285" s="2" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="286" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A286" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C286" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D286" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="F286" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="G286" s="2" t="s">
+        <v>523</v>
+      </c>
+      <c r="H286" s="2" t="s">
         <v>524</v>
       </c>
-      <c r="G286" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I286" s="2" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="J286" s="2" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="L286" s="2" t="s">
         <v>3</v>
       </c>
       <c r="M286" s="2" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="N286" s="2" t="s">
         <v>80</v>
       </c>
       <c r="O286" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P286" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="287" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A287" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C287" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D287" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="F287" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="G287" s="2" t="s">
+        <v>523</v>
+      </c>
+      <c r="H287" s="2" t="s">
         <v>524</v>
       </c>
-      <c r="G287" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I287" s="2" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="J287" s="2" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="L287" s="2" t="s">
         <v>79</v>
       </c>
       <c r="M287" s="2" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="N287" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O287" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P287" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="288" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A288" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D288" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G288" s="2" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="H288" s="2" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="I288" s="2" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="J288" s="2" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="K288" s="2" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="L288" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N288" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="O288" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P288" s="2" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="289" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A289" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C289" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D289" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G289" s="2" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="H289" s="2" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="I289" s="2" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="J289" s="2" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="K289" s="2" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="L289" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N289" s="2" t="s">
         <v>80</v>
       </c>
       <c r="O289" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P289" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="290" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A290" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D290" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="G290" s="2" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="H290" s="2" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="I290" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J290" s="2" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="L290" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N290" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="O290" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P290" s="2" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="291" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A291" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C291" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D291" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E291" s="2" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="G291" s="2" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="H291" s="2" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="I291" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J291" s="2" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="L291" s="2" t="s">
         <v>3</v>
       </c>
       <c r="M291" s="2" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="N291" s="2" t="s">
         <v>80</v>
       </c>
       <c r="O291" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P291" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="292" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A292" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C292" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D292" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E292" s="2" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="G292" s="2" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="H292" s="2" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="I292" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J292" s="2" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="L292" s="2" t="s">
         <v>79</v>
       </c>
       <c r="M292" s="2" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="N292" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O292" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P292" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="293" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A293" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C293" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D293" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="G293" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H293" s="2" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="I293" s="2" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="J293" s="2" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="L293" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N293" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O293" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P293" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="294" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A294" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C294" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D294" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E294" s="2" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="G294" s="2" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="H294" s="2" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="I294" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J294" s="2" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="L294" s="2" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="N294" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O294" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P294" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="295" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A295" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C295" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D295" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E295" s="2" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="G295" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H295" s="2" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="I295" s="2" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="J295" s="2" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="L295" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N295" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O295" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P295" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="296" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A296" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C296" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D296" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E296" s="2" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="G296" s="2" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="H296" s="2" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="I296" s="2" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="J296" s="2" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="L296" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N296" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O296" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P296" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="297" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A297" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C297" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D297" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E297" s="2" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="G297" s="2" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="H297" s="2" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="I297" s="2" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="J297" s="2" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="L297" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N297" s="2" t="s">
         <v>106</v>
       </c>
       <c r="O297" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P297" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="298" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A298" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C298" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D298" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E298" s="2" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="G298" s="2" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="H298" s="2" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="I298" s="2" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="J298" s="2" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="L298" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N298" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O298" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P298" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="299" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A299" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C299" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D299" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="E299" s="2" t="s">
         <v>547</v>
       </c>
-      <c r="E299" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F299" s="2" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="G299" s="2" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="H299" s="2" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="K299" s="2" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="L299" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N299" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O299" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P299" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="300" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A300" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C300" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D300" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E300" s="2" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="G300" s="2" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="H300" s="2" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="K300" s="2" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="L300" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N300" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O300" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P300" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="301" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A301" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C301" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D301" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E301" s="2" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="G301" s="2" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="H301" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I301" s="2" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="J301" s="2" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="L301" s="2" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="N301" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O301" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P301" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="302" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A302" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C302" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D302" s="2" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="E302" s="2" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="G302" s="2" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="H302" s="2" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="I302" s="2" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="J302" s="2" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="K302" s="2" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="L302" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N302" s="2" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="O302" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P302" s="2" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
     </row>
     <row r="303" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A303" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D303" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E303" s="2" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="G303" s="2" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="H303" s="2" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="I303" s="2" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="J303" s="2" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="K303" s="2" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="L303" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N303" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="O303" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P303" s="2" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="304" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A304" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D304" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E304" s="2" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="G304" s="2" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="H304" s="2" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="I304" s="2" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="J304" s="2" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="K304" s="2" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="L304" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N304" s="2" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="O304" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P304" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
     </row>
     <row r="305" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A305" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C305" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D305" s="2" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="E305" s="2" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="G305" s="2" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="H305" s="2" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="I305" s="2" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="J305" s="2" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="K305" s="2" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="L305" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N305" s="2" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="O305" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P305" s="2" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="306" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A306" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C306" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D306" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E306" s="2" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="G306" s="2" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="H306" s="2" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="I306" s="2" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="J306" s="2" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="K306" s="2" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="L306" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N306" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O306" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P306" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="307" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A307" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C307" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D307" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E307" s="2" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="G307" s="2" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="H307" s="2" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="I307" s="2" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="K307" s="2" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="L307" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N307" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O307" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P307" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="308" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A308" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C308" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D308" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E308" s="2" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="G308" s="2" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="H308" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I308" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J308" s="2" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="L308" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N308" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O308" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P308" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="309" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A309" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C309" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D309" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E309" s="2" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="G309" s="2" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="H309" s="2" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="I309" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J309" s="2" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="K309" s="2" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="L309" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N309" s="2" t="s">
         <v>136</v>
       </c>
       <c r="O309" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P309" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="310" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A310" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C310" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D310" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E310" s="2" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="G310" s="2" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="H310" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I310" s="2" t="s">
         <v>88</v>
       </c>
       <c r="L310" s="2" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="N310" s="2" t="s">
         <v>55</v>
       </c>
       <c r="O310" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P310" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="311" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A311" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C311" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D311" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E311" s="2" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="G311" s="2" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="H311" s="2" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="I311" s="2" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="J311" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K311" s="2" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="L311" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N311" s="2" t="s">
         <v>102</v>
       </c>
       <c r="O311" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P311" s="2" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="312" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A312" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D312" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E312" s="2" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="G312" s="2" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="H312" s="2" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="I312" s="2" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="J312" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K312" s="2" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="L312" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N312" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="O312" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P312" s="2" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="313" spans="1:16" ht="120" x14ac:dyDescent="0.25">
       <c r="A313" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C313" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D313" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E313" s="2" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="G313" s="2" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="H313" s="2" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="I313" s="2" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="J313" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K313" s="2" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="L313" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N313" s="2" t="s">
         <v>80</v>
       </c>
       <c r="O313" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P313" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="314" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A314" s="2" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="C314" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D314" s="2" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="E314" s="2" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="F314" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G314" s="2" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="H314" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I314" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J314" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L314" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N314" s="2" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="O314" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P314" s="2" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
     </row>
     <row r="315" spans="1:16" ht="75" x14ac:dyDescent="0.25">
       <c r="A315" s="2" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="C315" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D315" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E315" s="2" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="G315" s="2" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="H315" s="2" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="I315" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J315" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K315" s="2" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="L315" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N315" s="2" t="s">
         <v>72</v>
       </c>
       <c r="O315" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P315" s="2" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="316" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A316" s="2" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C316" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D316" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E316" s="2" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="G316" s="2" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="H316" s="2" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="I316" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J316" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K316" s="2" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="L316" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N316" s="2" t="s">
         <v>62</v>
       </c>
       <c r="O316" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P316" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="317" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A317" s="2" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="C317" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D317" s="2" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="E317" s="2" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="G317" s="2" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="H317" s="2" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="I317" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J317" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K317" s="2" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="L317" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N317" s="2" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="O317" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P317" s="2" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
     </row>
     <row r="318" spans="1:16" ht="90" x14ac:dyDescent="0.25">
       <c r="A318" s="2" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="C318" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D318" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E318" s="2" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="G318" s="2" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="H318" s="2" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="I318" s="2" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="J318" s="2" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="K318" s="2" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="L318" s="2" t="s">
         <v>1</v>
       </c>
       <c r="N318" s="2" t="s">
         <v>113</v>
       </c>
       <c r="O318" s="2" t="s">
         <v>40</v>
       </c>
       <c r="P318" s="2" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="319" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A319" s="2" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="C319" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D319" s="2" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="E319" s="2" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="G319" s="2" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="H319" s="2" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="I319" s="2" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="J319" s="2" t="s">
         <v>38</v>
       </c>
       <c r="K319" s="2" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="L319" s="2" t="s">
         <v>92</v>
       </c>
       <c r="N319" s="2" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="O319" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P319" s="2" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
     </row>
     <row r="320" spans="1:16" ht="105" x14ac:dyDescent="0.25">
       <c r="A320" s="2" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="C320" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D320" s="2" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="E320" s="2" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="G320" s="2" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="H320" s="2" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="I320" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J320" s="2" t="s">
         <v>38</v>
       </c>
       <c r="L320" s="2" t="s">
         <v>79</v>
       </c>
       <c r="N320" s="2" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="O320" s="2" t="s">
         <v>54</v>
       </c>
       <c r="P320" s="2" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:P1"/>
   </mergeCells>
   <conditionalFormatting sqref="A1:P1048576">
     <cfRule type="cellIs" dxfId="18" priority="1" operator="equal">
       <formula>"Ret"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="19" priority="2" operator="equal">
       <formula>"S"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
-    <tablePart r:id="rId1"/>
+    <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>20250924ListeSV</vt:lpstr>
+      <vt:lpstr>20251127ListeSV</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jean-Michel VENTURINI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>