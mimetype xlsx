--- v0 (2025-10-06)
+++ v1 (2025-10-28)
@@ -1,82 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\3-SPPSI\SDPRS\07-BL\03-Agrement\Securite sanitaire des aliments\02 Liste laboratoires Agrees\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{09EAE19B-8147-45E2-923C-086EBBFE6AB8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{02845720-C32C-4FD6-935D-74F0462C0360}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{32391A01-4153-4CEE-AD28-2065B080B819}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{064953D1-4D98-48F1-A2CD-A46A6571D994}"/>
   </bookViews>
   <sheets>
-    <sheet name="20250814ListeSSA" sheetId="1" r:id="rId1"/>
+    <sheet name="20251013ListeSSA" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7621" uniqueCount="495">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7593" uniqueCount="495">
   <si>
     <t>Liste des laboratoires agréés en alimentation</t>
   </si>
   <si>
     <t>Légendes :</t>
   </si>
   <si>
     <t>D Réalise les analyses de première intention</t>
   </si>
   <si>
     <t>C Réalise les analyses de confirmation</t>
   </si>
   <si>
     <t>A Laboratoire agréé</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>Agrément suspendu</t>
   </si>
   <si>
     <t>Mise à jour :</t>
   </si>
   <si>
@@ -927,51 +929,51 @@
   </si>
   <si>
     <t>Laboratoire départemental d’analyses
 Rue du Gévaudan
 48000 MENDE</t>
   </si>
   <si>
     <t>Lot</t>
   </si>
   <si>
     <t>LDA 46</t>
   </si>
   <si>
     <t>Public Labos - site du Lot
 avenue de l’Europe – Regourd
 BP 295
 46005 CAHORS cedex 9</t>
   </si>
   <si>
     <t>Loiret</t>
   </si>
   <si>
     <t>ACM 45</t>
   </si>
   <si>
-    <t>Silliker SAS - Mérieux NutriSciences
+    <t>Silliker - Mérieux NutriSciences
  Laboratoire de Quiers-sur-Bezonde
 Rue du Plessis
 ZA du Hallier 
 45270 QUIERS SUR BEZONDE</t>
   </si>
   <si>
     <t>Loire</t>
   </si>
   <si>
     <t>LDA 42</t>
   </si>
   <si>
     <t>TERANA LOIRE
 7, avenue Louis Lépine
 ZI de Vaure
 CS 80207
 42605 MONTBRISON Cedex</t>
   </si>
   <si>
     <t>Loir et Cher</t>
   </si>
   <si>
     <t>LDA 41</t>
   </si>
   <si>
@@ -1617,55 +1619,55 @@
     <t>Microscopie et/ou PCR</t>
   </si>
   <si>
     <t>PCB NDL</t>
   </si>
   <si>
     <t>Denrées alimentaires d'origine animale (DAOA)</t>
   </si>
   <si>
     <t>Nitroïmidazoles</t>
   </si>
   <si>
     <t>Muscle et œufs</t>
   </si>
   <si>
     <t>CL/SM-SM</t>
   </si>
   <si>
     <t>Nitrofuranes</t>
   </si>
   <si>
     <t>Produits d'origine animale</t>
   </si>
   <si>
     <t>Produits d'origine animale
+(y compris miel et boyaux)</t>
+  </si>
+  <si>
+    <t>Produits d'origine animale
 (y compris miel)</t>
-  </si>
-[...2 lines deleted...]
-(y compris miel et boyaux)</t>
   </si>
   <si>
     <t>Mercure</t>
   </si>
   <si>
     <t>Cadmium, plomb et arsenic</t>
   </si>
   <si>
     <t>ICP-MS</t>
   </si>
   <si>
     <t>Plomb</t>
   </si>
   <si>
     <t>Lait</t>
   </si>
   <si>
     <t>ICP-MS après digestion (acide) par voie humide</t>
   </si>
   <si>
     <t>Plomb et cadmium</t>
   </si>
   <si>
     <t>RD</t>
   </si>
@@ -1977,64 +1979,64 @@
       <fill>
         <patternFill>
           <fgColor indexed="64"/>
           <bgColor rgb="FFFFEB9C"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{5040A462-A6D5-4886-B116-58729F327255}" name="Tableau2" displayName="Tableau2" ref="A5:K768" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11">
-  <autoFilter ref="A5:K768" xr:uid="{B6905B4B-791F-49EB-9DEB-9470A424C673}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{13FE9DEB-EC17-4436-943A-D1A9C1FB2B4A}" name="Tableau20" displayName="Tableau20" ref="A5:K765" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11">
+  <autoFilter ref="A5:K765" xr:uid="{0D3631E2-DC33-434D-955E-FFDE04194E69}"/>
   <tableColumns count="11">
-    <tableColumn id="1" xr3:uid="{1C361AE5-C7AE-4761-99A5-58D40767CCCD}" name="Catégorie" dataDxfId="10"/>
-[...9 lines deleted...]
-    <tableColumn id="39" xr3:uid="{97A65D5A-617B-482C-B4CE-52C3837CC8A4}" name="Adresse" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{ABCEA2A1-09C4-455D-A1CD-4A02FE17F56A}" name="Catégorie" dataDxfId="10"/>
+    <tableColumn id="2" xr3:uid="{28551AAB-D210-4D21-A58E-DDF03661F8D6}" name="GIP" dataDxfId="9"/>
+    <tableColumn id="3" xr3:uid="{3A189239-DD6B-46F9-B962-C80784AB93E1}" name="Région" dataDxfId="8"/>
+    <tableColumn id="4" xr3:uid="{C4EE1B6A-0534-47C1-A160-06C5BF48BBBC}" name="Département" dataDxfId="7"/>
+    <tableColumn id="9" xr3:uid="{FBAF3335-2FFD-43EF-BC5C-F8867EB02FC8}" name="Analyte" dataDxfId="6"/>
+    <tableColumn id="10" xr3:uid="{0CA40038-AD99-41AC-9212-5930B403AD23}" name="Matrice" dataDxfId="5"/>
+    <tableColumn id="12" xr3:uid="{F2635734-02B1-46EF-A08D-32B4A1729FDC}" name="Méthode " dataDxfId="4"/>
+    <tableColumn id="18" xr3:uid="{A082EEA4-BD09-4343-AABD-C4FCFFBC3BAA}" name="Dépistage / Confirmation / R" dataDxfId="3"/>
+    <tableColumn id="20" xr3:uid="{87A5238E-6736-48F7-90D4-2F752343A79A}" name="Laboratoires " dataDxfId="2"/>
+    <tableColumn id="21" xr3:uid="{B6DEE694-275B-4D1D-B75E-1F6AB81FBB14}" name="Agréé" dataDxfId="1"/>
+    <tableColumn id="39" xr3:uid="{A0FEBD9E-C856-4846-BA43-5D3ED5AFE8CF}" name="Adresse" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -2292,59 +2294,59 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F32CEE7-7E8D-465F-B718-09ACE5307D59}">
-  <dimension ref="A1:K768"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47ADB931-6684-4A40-988E-ED5C90E1F95F}">
+  <dimension ref="A1:K765"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5"/>
+      <selection activeCell="J5" sqref="J5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.7109375" style="2" customWidth="1"/>
     <col min="2" max="4" width="15.7109375" style="2" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" style="2" customWidth="1"/>
     <col min="6" max="7" width="20.7109375" style="2" customWidth="1"/>
     <col min="8" max="10" width="10.7109375" style="2" customWidth="1"/>
     <col min="11" max="11" width="35.7109375" style="2" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="21" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
@@ -2372,51 +2374,51 @@
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3" t="s">
         <v>3</v>
       </c>
       <c r="E3"/>
       <c r="F3"/>
       <c r="G3" t="s">
         <v>4</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>5</v>
       </c>
       <c r="K3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="5">
-        <v>45883</v>
+        <v>45943</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4" t="s">
         <v>9</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>10</v>
       </c>
       <c r="K4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
@@ -12188,14641 +12190,14549 @@
       <c r="C330" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D330" s="2" t="s">
         <v>150</v>
       </c>
       <c r="E330" s="2" t="s">
         <v>349</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G330" s="2" t="s">
         <v>351</v>
       </c>
       <c r="I330" s="2" t="s">
         <v>352</v>
       </c>
       <c r="J330" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K330" s="2" t="s">
         <v>353</v>
       </c>
     </row>
-    <row r="331" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A331" s="2" t="s">
         <v>348</v>
       </c>
+      <c r="B331" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="C331" s="2" t="s">
-        <v>180</v>
+        <v>83</v>
       </c>
       <c r="D331" s="2" t="s">
-        <v>181</v>
+        <v>123</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>349</v>
       </c>
       <c r="F331" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G331" s="2" t="s">
         <v>351</v>
       </c>
       <c r="I331" s="2" t="s">
-        <v>182</v>
+        <v>124</v>
       </c>
       <c r="J331" s="2" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="K331" s="2" t="s">
-        <v>183</v>
+        <v>125</v>
       </c>
     </row>
     <row r="332" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A332" s="2" t="s">
         <v>348</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>82</v>
+        <v>156</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>83</v>
+        <v>157</v>
       </c>
       <c r="D332" s="2" t="s">
-        <v>123</v>
+        <v>158</v>
       </c>
       <c r="E332" s="2" t="s">
         <v>349</v>
       </c>
       <c r="F332" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G332" s="2" t="s">
         <v>351</v>
       </c>
       <c r="I332" s="2" t="s">
-        <v>124</v>
+        <v>159</v>
       </c>
       <c r="J332" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K332" s="2" t="s">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="333" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A333" s="2" t="s">
         <v>348</v>
       </c>
-      <c r="B333" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C333" s="2" t="s">
-        <v>157</v>
+        <v>126</v>
       </c>
       <c r="D333" s="2" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>349</v>
       </c>
       <c r="F333" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G333" s="2" t="s">
         <v>351</v>
       </c>
       <c r="I333" s="2" t="s">
-        <v>159</v>
+        <v>128</v>
       </c>
       <c r="J333" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K333" s="2" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="334" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A334" s="2" t="s">
         <v>348</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>126</v>
+        <v>45</v>
       </c>
       <c r="D334" s="2" t="s">
-        <v>127</v>
+        <v>114</v>
       </c>
       <c r="E334" s="2" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G334" s="2" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="I334" s="2" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="J334" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K334" s="2" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="335" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A335" s="2" t="s">
         <v>348</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>45</v>
+        <v>157</v>
       </c>
       <c r="D335" s="2" t="s">
-        <v>114</v>
+        <v>187</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>354</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G335" s="2" t="s">
         <v>355</v>
       </c>
       <c r="I335" s="2" t="s">
-        <v>118</v>
+        <v>188</v>
       </c>
       <c r="J335" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K335" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="336" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A336" s="2" t="s">
         <v>348</v>
       </c>
+      <c r="B336" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C336" s="2" t="s">
-        <v>157</v>
+        <v>68</v>
       </c>
       <c r="D336" s="2" t="s">
-        <v>187</v>
+        <v>150</v>
       </c>
       <c r="E336" s="2" t="s">
         <v>354</v>
       </c>
       <c r="F336" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G336" s="2" t="s">
         <v>355</v>
       </c>
       <c r="I336" s="2" t="s">
-        <v>188</v>
+        <v>352</v>
       </c>
       <c r="J336" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K336" s="2" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="337" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A337" s="2" t="s">
         <v>348</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>93</v>
+        <v>156</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>68</v>
+        <v>157</v>
       </c>
       <c r="D337" s="2" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="E337" s="2" t="s">
         <v>354</v>
       </c>
       <c r="F337" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G337" s="2" t="s">
         <v>355</v>
       </c>
       <c r="I337" s="2" t="s">
-        <v>352</v>
+        <v>159</v>
       </c>
       <c r="J337" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K337" s="2" t="s">
-        <v>353</v>
+        <v>160</v>
       </c>
     </row>
     <row r="338" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A338" s="2" t="s">
         <v>348</v>
       </c>
-      <c r="B338" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C338" s="2" t="s">
-        <v>157</v>
+        <v>126</v>
       </c>
       <c r="D338" s="2" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>354</v>
       </c>
       <c r="F338" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G338" s="2" t="s">
         <v>355</v>
       </c>
       <c r="I338" s="2" t="s">
-        <v>159</v>
+        <v>128</v>
       </c>
       <c r="J338" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K338" s="2" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="339" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A339" s="2" t="s">
         <v>348</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>126</v>
+        <v>45</v>
       </c>
       <c r="D339" s="2" t="s">
-        <v>127</v>
+        <v>114</v>
       </c>
       <c r="E339" s="2" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="F339" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G339" s="2" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="I339" s="2" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="J339" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K339" s="2" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="340" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A340" s="2" t="s">
         <v>348</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>45</v>
+        <v>157</v>
       </c>
       <c r="D340" s="2" t="s">
-        <v>114</v>
+        <v>187</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G340" s="2" t="s">
         <v>357</v>
       </c>
       <c r="I340" s="2" t="s">
-        <v>118</v>
+        <v>188</v>
       </c>
       <c r="J340" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K340" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="341" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A341" s="2" t="s">
         <v>348</v>
       </c>
+      <c r="B341" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C341" s="2" t="s">
-        <v>157</v>
+        <v>45</v>
       </c>
       <c r="D341" s="2" t="s">
-        <v>187</v>
+        <v>90</v>
       </c>
       <c r="E341" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F341" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G341" s="2" t="s">
         <v>357</v>
       </c>
       <c r="I341" s="2" t="s">
-        <v>188</v>
+        <v>91</v>
       </c>
       <c r="J341" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K341" s="2" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="342" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A342" s="2" t="s">
         <v>348</v>
       </c>
       <c r="B342" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D342" s="2" t="s">
-        <v>90</v>
+        <v>150</v>
       </c>
       <c r="E342" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F342" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G342" s="2" t="s">
         <v>357</v>
       </c>
       <c r="I342" s="2" t="s">
-        <v>91</v>
+        <v>352</v>
       </c>
       <c r="J342" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K342" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="343" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A343" s="2" t="s">
         <v>348</v>
       </c>
       <c r="B343" s="2" t="s">
-        <v>93</v>
+        <v>156</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>68</v>
+        <v>157</v>
       </c>
       <c r="D343" s="2" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="E343" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F343" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G343" s="2" t="s">
         <v>357</v>
       </c>
       <c r="I343" s="2" t="s">
-        <v>352</v>
+        <v>159</v>
       </c>
       <c r="J343" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K343" s="2" t="s">
-        <v>353</v>
+        <v>160</v>
       </c>
     </row>
     <row r="344" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A344" s="2" t="s">
         <v>348</v>
       </c>
-      <c r="B344" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C344" s="2" t="s">
-        <v>157</v>
+        <v>126</v>
       </c>
       <c r="D344" s="2" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
       <c r="E344" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F344" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G344" s="2" t="s">
         <v>357</v>
       </c>
       <c r="I344" s="2" t="s">
-        <v>159</v>
+        <v>128</v>
       </c>
       <c r="J344" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K344" s="2" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="345" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A345" s="2" t="s">
-        <v>348</v>
+        <v>358</v>
+      </c>
+      <c r="B345" s="2" t="s">
+        <v>82</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>126</v>
+        <v>83</v>
       </c>
       <c r="D345" s="2" t="s">
-        <v>127</v>
+        <v>84</v>
       </c>
       <c r="E345" s="2" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-        <v>357</v>
+        <v>360</v>
+      </c>
+      <c r="H345" s="2" t="s">
+        <v>361</v>
       </c>
       <c r="I345" s="2" t="s">
-        <v>128</v>
+        <v>88</v>
       </c>
       <c r="J345" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K345" s="2" t="s">
-        <v>129</v>
+        <v>89</v>
       </c>
     </row>
     <row r="346" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A346" s="2" t="s">
         <v>358</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C346" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D346" s="2" t="s">
         <v>84</v>
       </c>
       <c r="E346" s="2" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="F346" s="2" t="s">
         <v>360</v>
       </c>
       <c r="H346" s="2" t="s">
-        <v>361</v>
+        <v>59</v>
       </c>
       <c r="I346" s="2" t="s">
         <v>88</v>
       </c>
       <c r="J346" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K346" s="2" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="347" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+    <row r="347" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A347" s="2" t="s">
         <v>358</v>
       </c>
       <c r="B347" s="2" t="s">
-        <v>82</v>
+        <v>107</v>
       </c>
       <c r="C347" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D347" s="2" t="s">
-        <v>84</v>
+        <v>108</v>
       </c>
       <c r="E347" s="2" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>360</v>
       </c>
       <c r="H347" s="2" t="s">
-        <v>59</v>
+        <v>361</v>
       </c>
       <c r="I347" s="2" t="s">
-        <v>88</v>
+        <v>109</v>
       </c>
       <c r="J347" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K347" s="2" t="s">
-        <v>89</v>
+        <v>110</v>
       </c>
     </row>
     <row r="348" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A348" s="2" t="s">
         <v>358</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C348" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D348" s="2" t="s">
         <v>108</v>
       </c>
       <c r="E348" s="2" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="F348" s="2" t="s">
         <v>360</v>
       </c>
       <c r="H348" s="2" t="s">
-        <v>361</v>
+        <v>59</v>
       </c>
       <c r="I348" s="2" t="s">
         <v>109</v>
       </c>
       <c r="J348" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K348" s="2" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="349" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+    <row r="349" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A349" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="B349" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C349" s="2" t="s">
-        <v>83</v>
+        <v>23</v>
       </c>
       <c r="D349" s="2" t="s">
-        <v>108</v>
+        <v>143</v>
       </c>
       <c r="E349" s="2" t="s">
         <v>362</v>
       </c>
       <c r="F349" s="2" t="s">
         <v>360</v>
       </c>
       <c r="H349" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I349" s="2" t="s">
-        <v>109</v>
+        <v>144</v>
       </c>
       <c r="J349" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K349" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="350" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A350" s="2" t="s">
         <v>358</v>
       </c>
+      <c r="B350" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C350" s="2" t="s">
-        <v>23</v>
+        <v>146</v>
       </c>
       <c r="D350" s="2" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>360</v>
       </c>
       <c r="H350" s="2" t="s">
-        <v>59</v>
+        <v>361</v>
       </c>
       <c r="I350" s="2" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="J350" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K350" s="2" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="351" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A351" s="2" t="s">
         <v>358</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C351" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D351" s="2" t="s">
         <v>147</v>
       </c>
       <c r="E351" s="2" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>360</v>
       </c>
+      <c r="G351" s="2" t="s">
+        <v>363</v>
+      </c>
       <c r="H351" s="2" t="s">
-        <v>361</v>
+        <v>59</v>
       </c>
       <c r="I351" s="2" t="s">
         <v>148</v>
       </c>
       <c r="J351" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K351" s="2" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="352" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A352" s="2" t="s">
         <v>358</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>146</v>
+        <v>68</v>
       </c>
       <c r="D352" s="2" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="E352" s="2" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="F352" s="2" t="s">
         <v>360</v>
       </c>
-      <c r="G352" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H352" s="2" t="s">
-        <v>59</v>
+        <v>361</v>
       </c>
       <c r="I352" s="2" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="J352" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K352" s="2" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
     </row>
     <row r="353" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A353" s="2" t="s">
         <v>358</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C353" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D353" s="2" t="s">
         <v>150</v>
       </c>
       <c r="E353" s="2" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="F353" s="2" t="s">
         <v>360</v>
       </c>
       <c r="H353" s="2" t="s">
-        <v>361</v>
+        <v>59</v>
       </c>
       <c r="I353" s="2" t="s">
         <v>151</v>
       </c>
       <c r="J353" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K353" s="2" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="354" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+    <row r="354" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A354" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="B354" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C354" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D354" s="2" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>362</v>
       </c>
       <c r="F354" s="2" t="s">
         <v>360</v>
       </c>
+      <c r="G354" s="2" t="s">
+        <v>364</v>
+      </c>
       <c r="H354" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I354" s="2" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="J354" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K354" s="2" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="355" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A355" s="2" t="s">
         <v>358</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="D355" s="2" t="s">
-        <v>153</v>
+        <v>111</v>
       </c>
       <c r="E355" s="2" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="F355" s="2" t="s">
         <v>360</v>
       </c>
       <c r="G355" s="2" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="H355" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I355" s="2" t="s">
-        <v>154</v>
+        <v>112</v>
       </c>
       <c r="J355" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K355" s="2" t="s">
-        <v>155</v>
+        <v>113</v>
       </c>
     </row>
     <row r="356" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A356" s="2" t="s">
         <v>358</v>
       </c>
+      <c r="B356" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C356" s="2" t="s">
-        <v>83</v>
+        <v>157</v>
       </c>
       <c r="D356" s="2" t="s">
-        <v>111</v>
+        <v>158</v>
       </c>
       <c r="E356" s="2" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>360</v>
       </c>
-      <c r="G356" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H356" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I356" s="2" t="s">
-        <v>112</v>
+        <v>159</v>
       </c>
       <c r="J356" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K356" s="2" t="s">
-        <v>113</v>
+        <v>160</v>
       </c>
     </row>
     <row r="357" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A357" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="B357" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C357" s="2" t="s">
-        <v>157</v>
+        <v>64</v>
       </c>
       <c r="D357" s="2" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="E357" s="2" t="s">
         <v>362</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>360</v>
       </c>
       <c r="H357" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I357" s="2" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="J357" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K357" s="2" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="358" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A358" s="2" t="s">
-        <v>358</v>
+        <v>31</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="D358" s="2" t="s">
-        <v>161</v>
+        <v>114</v>
       </c>
       <c r="E358" s="2" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>360</v>
+        <v>367</v>
+      </c>
+      <c r="G358" s="2" t="s">
+        <v>368</v>
       </c>
       <c r="H358" s="2" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="I358" s="2" t="s">
-        <v>162</v>
+        <v>118</v>
       </c>
       <c r="J358" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K358" s="2" t="s">
-        <v>163</v>
+        <v>119</v>
       </c>
     </row>
     <row r="359" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A359" s="2" t="s">
-        <v>358</v>
+        <v>31</v>
+      </c>
+      <c r="B359" s="2" t="s">
+        <v>44</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="D359" s="2" t="s">
-        <v>164</v>
+        <v>46</v>
       </c>
       <c r="E359" s="2" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>360</v>
+        <v>367</v>
+      </c>
+      <c r="G359" s="2" t="s">
+        <v>368</v>
       </c>
       <c r="H359" s="2" t="s">
-        <v>361</v>
+        <v>41</v>
       </c>
       <c r="I359" s="2" t="s">
-        <v>165</v>
+        <v>47</v>
       </c>
       <c r="J359" s="2" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="K359" s="2" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="360" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A360" s="2" t="s">
-        <v>358</v>
+        <v>31</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>23</v>
+        <v>180</v>
       </c>
       <c r="D360" s="2" t="s">
-        <v>164</v>
+        <v>181</v>
       </c>
       <c r="E360" s="2" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="G360" s="2" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="H360" s="2" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="I360" s="2" t="s">
-        <v>165</v>
+        <v>182</v>
       </c>
       <c r="J360" s="2" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="K360" s="2" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="361" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A361" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D361" s="2" t="s">
-        <v>114</v>
+        <v>150</v>
       </c>
       <c r="E361" s="2" t="s">
         <v>366</v>
       </c>
       <c r="F361" s="2" t="s">
         <v>367</v>
       </c>
-      <c r="G361" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H361" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I361" s="2" t="s">
-        <v>118</v>
+        <v>369</v>
       </c>
       <c r="J361" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K361" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="362" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A362" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B362" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C362" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D362" s="2" t="s">
-        <v>46</v>
+        <v>280</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="G362" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H362" s="2" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="I362" s="2" t="s">
-        <v>47</v>
+        <v>281</v>
       </c>
       <c r="J362" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K362" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="363" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A363" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B363" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C363" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D363" s="2" t="s">
-        <v>181</v>
+        <v>46</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="G363" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H363" s="2" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="I363" s="2" t="s">
-        <v>182</v>
+        <v>47</v>
       </c>
       <c r="J363" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K363" s="2" t="s">
-        <v>183</v>
+        <v>48</v>
       </c>
     </row>
     <row r="364" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A364" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>68</v>
+        <v>130</v>
       </c>
       <c r="D364" s="2" t="s">
-        <v>150</v>
+        <v>177</v>
       </c>
       <c r="E364" s="2" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>367</v>
+        <v>372</v>
+      </c>
+      <c r="G364" s="2" t="s">
+        <v>368</v>
       </c>
       <c r="H364" s="2" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="I364" s="2" t="s">
-        <v>369</v>
+        <v>178</v>
       </c>
       <c r="J364" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K364" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="365" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A365" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B365" s="2" t="s">
+        <v>107</v>
       </c>
       <c r="C365" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D365" s="2" t="s">
-        <v>280</v>
+        <v>108</v>
       </c>
       <c r="E365" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F365" s="2" t="s">
         <v>372</v>
       </c>
       <c r="G365" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H365" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I365" s="2" t="s">
-        <v>281</v>
+        <v>109</v>
       </c>
       <c r="J365" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K365" s="2" t="s">
-        <v>282</v>
+        <v>110</v>
       </c>
     </row>
     <row r="366" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A366" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B366" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D366" s="2" t="s">
-        <v>46</v>
+        <v>150</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>372</v>
       </c>
       <c r="G366" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H366" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I366" s="2" t="s">
-        <v>47</v>
+        <v>352</v>
       </c>
       <c r="J366" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K366" s="2" t="s">
-        <v>48</v>
+        <v>353</v>
       </c>
     </row>
     <row r="367" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A367" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C367" s="2" t="s">
-        <v>130</v>
+        <v>64</v>
       </c>
       <c r="D367" s="2" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="E367" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F367" s="2" t="s">
         <v>372</v>
       </c>
       <c r="G367" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H367" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I367" s="2" t="s">
-        <v>178</v>
+        <v>154</v>
       </c>
       <c r="J367" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K367" s="2" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
     </row>
     <row r="368" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A368" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B368" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C368" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D368" s="2" t="s">
-        <v>108</v>
+        <v>181</v>
       </c>
       <c r="E368" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>372</v>
       </c>
       <c r="G368" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H368" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I368" s="2" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="J368" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K368" s="2" t="s">
-        <v>110</v>
+        <v>183</v>
       </c>
     </row>
     <row r="369" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A369" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D369" s="2" t="s">
-        <v>150</v>
+        <v>373</v>
       </c>
       <c r="E369" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>372</v>
       </c>
       <c r="G369" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H369" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I369" s="2" t="s">
-        <v>352</v>
+        <v>374</v>
       </c>
       <c r="J369" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K369" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="370" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A370" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="D370" s="2" t="s">
-        <v>153</v>
+        <v>376</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>372</v>
       </c>
-      <c r="G370" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H370" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I370" s="2" t="s">
-        <v>154</v>
+        <v>377</v>
       </c>
       <c r="J370" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K370" s="2" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="371" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A371" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>180</v>
+        <v>83</v>
       </c>
       <c r="D371" s="2" t="s">
-        <v>181</v>
+        <v>280</v>
       </c>
       <c r="E371" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="G371" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H371" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I371" s="2" t="s">
-        <v>182</v>
+        <v>281</v>
       </c>
       <c r="J371" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K371" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="372" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A372" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B372" s="2" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D372" s="2" t="s">
-        <v>373</v>
+        <v>46</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="G372" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H372" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I372" s="2" t="s">
-        <v>374</v>
+        <v>47</v>
       </c>
       <c r="J372" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K372" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="373" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A373" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>45</v>
+        <v>130</v>
       </c>
       <c r="D373" s="2" t="s">
-        <v>376</v>
+        <v>177</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>372</v>
+        <v>379</v>
+      </c>
+      <c r="G373" s="2" t="s">
+        <v>368</v>
       </c>
       <c r="H373" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I373" s="2" t="s">
-        <v>377</v>
+        <v>178</v>
       </c>
       <c r="J373" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K373" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="374" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A374" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B374" s="2" t="s">
+        <v>107</v>
       </c>
       <c r="C374" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D374" s="2" t="s">
-        <v>280</v>
+        <v>108</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G374" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H374" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I374" s="2" t="s">
-        <v>281</v>
+        <v>109</v>
       </c>
       <c r="J374" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K374" s="2" t="s">
-        <v>282</v>
+        <v>110</v>
       </c>
     </row>
     <row r="375" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A375" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D375" s="2" t="s">
-        <v>46</v>
+        <v>150</v>
       </c>
       <c r="E375" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F375" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G375" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H375" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I375" s="2" t="s">
-        <v>47</v>
+        <v>352</v>
       </c>
       <c r="J375" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K375" s="2" t="s">
-        <v>48</v>
+        <v>353</v>
       </c>
     </row>
     <row r="376" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A376" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>130</v>
+        <v>64</v>
       </c>
       <c r="D376" s="2" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="E376" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F376" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G376" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H376" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I376" s="2" t="s">
-        <v>178</v>
+        <v>154</v>
       </c>
       <c r="J376" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K376" s="2" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
     </row>
     <row r="377" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A377" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B377" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C377" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D377" s="2" t="s">
-        <v>108</v>
+        <v>181</v>
       </c>
       <c r="E377" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F377" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G377" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H377" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I377" s="2" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="J377" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K377" s="2" t="s">
-        <v>110</v>
+        <v>183</v>
       </c>
     </row>
     <row r="378" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A378" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B378" s="2" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="C378" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D378" s="2" t="s">
-        <v>150</v>
+        <v>373</v>
       </c>
       <c r="E378" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F378" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G378" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H378" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I378" s="2" t="s">
-        <v>352</v>
+        <v>374</v>
       </c>
       <c r="J378" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K378" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="379" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="379" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A379" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="D379" s="2" t="s">
-        <v>153</v>
+        <v>376</v>
       </c>
       <c r="E379" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F379" s="2" t="s">
         <v>379</v>
       </c>
-      <c r="G379" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H379" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I379" s="2" t="s">
-        <v>154</v>
+        <v>377</v>
       </c>
       <c r="J379" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K379" s="2" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="380" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A380" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B380" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C380" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D380" s="2" t="s">
-        <v>181</v>
+        <v>46</v>
       </c>
       <c r="E380" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="G380" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H380" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I380" s="2" t="s">
-        <v>182</v>
+        <v>47</v>
       </c>
       <c r="J380" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K380" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="381" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A381" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B381" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C381" s="2" t="s">
-        <v>83</v>
+        <v>130</v>
       </c>
       <c r="D381" s="2" t="s">
-        <v>373</v>
+        <v>177</v>
       </c>
       <c r="E381" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="G381" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H381" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I381" s="2" t="s">
-        <v>374</v>
+        <v>178</v>
       </c>
       <c r="J381" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K381" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="382" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A382" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B382" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C382" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D382" s="2" t="s">
-        <v>376</v>
+        <v>108</v>
       </c>
       <c r="E382" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>379</v>
+        <v>380</v>
+      </c>
+      <c r="G382" s="2" t="s">
+        <v>368</v>
       </c>
       <c r="H382" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I382" s="2" t="s">
-        <v>377</v>
+        <v>109</v>
       </c>
       <c r="J382" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K382" s="2" t="s">
-        <v>378</v>
+        <v>110</v>
       </c>
     </row>
     <row r="383" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A383" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B383" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D383" s="2" t="s">
-        <v>46</v>
+        <v>150</v>
       </c>
       <c r="E383" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F383" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G383" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H383" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I383" s="2" t="s">
-        <v>47</v>
+        <v>352</v>
       </c>
       <c r="J383" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K383" s="2" t="s">
-        <v>48</v>
+        <v>353</v>
       </c>
     </row>
     <row r="384" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A384" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="D384" s="2" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="E384" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F384" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G384" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H384" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I384" s="2" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="J384" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K384" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="385" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A385" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B385" s="2" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="C385" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D385" s="2" t="s">
-        <v>108</v>
+        <v>373</v>
       </c>
       <c r="E385" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F385" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G385" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H385" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I385" s="2" t="s">
-        <v>109</v>
+        <v>374</v>
       </c>
       <c r="J385" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K385" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="386" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A386" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B386" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C386" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D386" s="2" t="s">
-        <v>150</v>
+        <v>376</v>
       </c>
       <c r="E386" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F386" s="2" t="s">
         <v>380</v>
       </c>
-      <c r="G386" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H386" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I386" s="2" t="s">
-        <v>352</v>
+        <v>377</v>
       </c>
       <c r="J386" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K386" s="2" t="s">
-        <v>353</v>
+        <v>378</v>
       </c>
     </row>
     <row r="387" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A387" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D387" s="2" t="s">
-        <v>181</v>
+        <v>150</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="G387" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H387" s="2" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="I387" s="2" t="s">
-        <v>182</v>
+        <v>369</v>
       </c>
       <c r="J387" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K387" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="388" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A388" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C388" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D388" s="2" t="s">
-        <v>373</v>
+        <v>280</v>
       </c>
       <c r="E388" s="2" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="G388" s="2" t="s">
-        <v>368</v>
+        <v>383</v>
       </c>
       <c r="H388" s="2" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="I388" s="2" t="s">
-        <v>374</v>
+        <v>281</v>
       </c>
       <c r="J388" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K388" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="389" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A389" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C389" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D389" s="2" t="s">
-        <v>376</v>
+        <v>114</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>380</v>
+        <v>382</v>
+      </c>
+      <c r="G389" s="2" t="s">
+        <v>383</v>
       </c>
       <c r="H389" s="2" t="s">
-        <v>338</v>
+        <v>41</v>
       </c>
       <c r="I389" s="2" t="s">
-        <v>377</v>
+        <v>118</v>
       </c>
       <c r="J389" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K389" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="390" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A390" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B390" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C390" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D390" s="2" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="E390" s="2" t="s">
         <v>381</v>
       </c>
       <c r="F390" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G390" s="2" t="s">
-        <v>27</v>
+        <v>383</v>
       </c>
       <c r="H390" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I390" s="2" t="s">
-        <v>369</v>
+        <v>47</v>
       </c>
       <c r="J390" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K390" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="391" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A391" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B391" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C391" s="2" t="s">
-        <v>83</v>
+        <v>157</v>
       </c>
       <c r="D391" s="2" t="s">
-        <v>280</v>
+        <v>321</v>
       </c>
       <c r="E391" s="2" t="s">
         <v>381</v>
       </c>
       <c r="F391" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G391" s="2" t="s">
         <v>383</v>
       </c>
       <c r="H391" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I391" s="2" t="s">
-        <v>281</v>
+        <v>322</v>
       </c>
       <c r="J391" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K391" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="392" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A392" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B392" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C392" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D392" s="2" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="E392" s="2" t="s">
         <v>381</v>
       </c>
       <c r="F392" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G392" s="2" t="s">
         <v>383</v>
       </c>
       <c r="H392" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I392" s="2" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="J392" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K392" s="2" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
     </row>
     <row r="393" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A393" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D393" s="2" t="s">
-        <v>46</v>
+        <v>150</v>
       </c>
       <c r="E393" s="2" t="s">
         <v>381</v>
       </c>
       <c r="F393" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G393" s="2" t="s">
         <v>383</v>
       </c>
       <c r="H393" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I393" s="2" t="s">
-        <v>47</v>
+        <v>352</v>
       </c>
       <c r="J393" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K393" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="394" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A394" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B394" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C394" s="2" t="s">
-        <v>157</v>
+        <v>180</v>
       </c>
       <c r="D394" s="2" t="s">
-        <v>321</v>
+        <v>181</v>
       </c>
       <c r="E394" s="2" t="s">
         <v>381</v>
       </c>
       <c r="F394" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G394" s="2" t="s">
         <v>383</v>
       </c>
       <c r="H394" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I394" s="2" t="s">
-        <v>322</v>
+        <v>182</v>
       </c>
       <c r="J394" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K394" s="2" t="s">
-        <v>323</v>
-[...8 lines deleted...]
-      </c>
+        <v>183</v>
+      </c>
+    </row>
+    <row r="395" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="C395" s="2" t="s">
-        <v>83</v>
+        <v>103</v>
       </c>
       <c r="D395" s="2" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="E395" s="2" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="G395" s="2" t="s">
-        <v>383</v>
+        <v>27</v>
       </c>
       <c r="H395" s="2" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="I395" s="2" t="s">
-        <v>109</v>
+        <v>386</v>
       </c>
       <c r="J395" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K395" s="2" t="s">
-        <v>110</v>
-[...8 lines deleted...]
-      </c>
+        <v>387</v>
+      </c>
+    </row>
+    <row r="396" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="C396" s="2" t="s">
-        <v>68</v>
+        <v>126</v>
       </c>
       <c r="D396" s="2" t="s">
-        <v>150</v>
+        <v>388</v>
       </c>
       <c r="E396" s="2" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>382</v>
+        <v>390</v>
       </c>
       <c r="G396" s="2" t="s">
-        <v>383</v>
+        <v>27</v>
       </c>
       <c r="H396" s="2" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="I396" s="2" t="s">
-        <v>352</v>
+        <v>391</v>
       </c>
       <c r="J396" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K396" s="2" t="s">
-        <v>353</v>
+        <v>392</v>
       </c>
     </row>
     <row r="397" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A397" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D397" s="2" t="s">
-        <v>181</v>
+        <v>150</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>381</v>
+        <v>393</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
       <c r="G397" s="2" t="s">
-        <v>383</v>
+        <v>27</v>
       </c>
       <c r="H397" s="2" t="s">
-        <v>41</v>
+        <v>338</v>
       </c>
       <c r="I397" s="2" t="s">
-        <v>182</v>
+        <v>369</v>
       </c>
       <c r="J397" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K397" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="398" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+      <c r="A398" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="C398" s="2" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="D398" s="2" t="s">
-        <v>104</v>
+        <v>280</v>
       </c>
       <c r="E398" s="2" t="s">
-        <v>384</v>
+        <v>393</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>385</v>
+        <v>394</v>
       </c>
       <c r="G398" s="2" t="s">
-        <v>27</v>
+        <v>395</v>
       </c>
       <c r="H398" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I398" s="2" t="s">
-        <v>386</v>
+        <v>281</v>
       </c>
       <c r="J398" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K398" s="2" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="399" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+      <c r="A399" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="C399" s="2" t="s">
-        <v>126</v>
+        <v>45</v>
       </c>
       <c r="D399" s="2" t="s">
-        <v>388</v>
+        <v>114</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="G399" s="2" t="s">
-        <v>27</v>
+        <v>395</v>
       </c>
       <c r="H399" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I399" s="2" t="s">
-        <v>391</v>
+        <v>118</v>
       </c>
       <c r="J399" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K399" s="2" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-    <row r="400" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="400" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A400" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B400" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C400" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D400" s="2" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="E400" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F400" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G400" s="2" t="s">
-        <v>27</v>
+        <v>395</v>
       </c>
       <c r="H400" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I400" s="2" t="s">
-        <v>369</v>
+        <v>47</v>
       </c>
       <c r="J400" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K400" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="401" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="401" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A401" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B401" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C401" s="2" t="s">
-        <v>83</v>
+        <v>157</v>
       </c>
       <c r="D401" s="2" t="s">
-        <v>280</v>
+        <v>321</v>
       </c>
       <c r="E401" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F401" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G401" s="2" t="s">
         <v>395</v>
       </c>
       <c r="H401" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I401" s="2" t="s">
-        <v>281</v>
+        <v>322</v>
       </c>
       <c r="J401" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K401" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="402" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A402" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B402" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C402" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D402" s="2" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="E402" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F402" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G402" s="2" t="s">
         <v>395</v>
       </c>
       <c r="H402" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I402" s="2" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="J402" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K402" s="2" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
     </row>
     <row r="403" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A403" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B403" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C403" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D403" s="2" t="s">
-        <v>46</v>
+        <v>150</v>
       </c>
       <c r="E403" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F403" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G403" s="2" t="s">
         <v>395</v>
       </c>
       <c r="H403" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I403" s="2" t="s">
-        <v>47</v>
+        <v>352</v>
       </c>
       <c r="J403" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K403" s="2" t="s">
-        <v>48</v>
+        <v>353</v>
       </c>
     </row>
     <row r="404" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A404" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B404" s="2" t="s">
-        <v>156</v>
+        <v>93</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>157</v>
+        <v>68</v>
       </c>
       <c r="D404" s="2" t="s">
-        <v>321</v>
+        <v>94</v>
       </c>
       <c r="E404" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F404" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G404" s="2" t="s">
         <v>395</v>
       </c>
       <c r="H404" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I404" s="2" t="s">
-        <v>322</v>
+        <v>95</v>
       </c>
       <c r="J404" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K404" s="2" t="s">
-        <v>323</v>
+        <v>96</v>
       </c>
     </row>
     <row r="405" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A405" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B405" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C405" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D405" s="2" t="s">
-        <v>108</v>
+        <v>181</v>
       </c>
       <c r="E405" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F405" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G405" s="2" t="s">
         <v>395</v>
       </c>
       <c r="H405" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I405" s="2" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="J405" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K405" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="406" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A406" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C406" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D406" s="2" t="s">
         <v>150</v>
       </c>
       <c r="E406" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>394</v>
+        <v>382</v>
       </c>
       <c r="G406" s="2" t="s">
-        <v>395</v>
+        <v>27</v>
       </c>
       <c r="H406" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I406" s="2" t="s">
-        <v>352</v>
+        <v>369</v>
       </c>
       <c r="J406" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K406" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="407" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A407" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B407" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C407" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D407" s="2" t="s">
-        <v>94</v>
+        <v>280</v>
       </c>
       <c r="E407" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>394</v>
+        <v>382</v>
       </c>
       <c r="G407" s="2" t="s">
-        <v>395</v>
+        <v>383</v>
       </c>
       <c r="H407" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I407" s="2" t="s">
-        <v>95</v>
+        <v>281</v>
       </c>
       <c r="J407" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K407" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="408" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A408" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D408" s="2" t="s">
-        <v>181</v>
+        <v>114</v>
       </c>
       <c r="E408" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>394</v>
+        <v>382</v>
       </c>
       <c r="G408" s="2" t="s">
-        <v>395</v>
+        <v>383</v>
       </c>
       <c r="H408" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I408" s="2" t="s">
-        <v>182</v>
+        <v>118</v>
       </c>
       <c r="J408" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K408" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="409" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A409" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B409" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C409" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D409" s="2" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="E409" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F409" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G409" s="2" t="s">
-        <v>27</v>
+        <v>383</v>
       </c>
       <c r="H409" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I409" s="2" t="s">
-        <v>369</v>
+        <v>47</v>
       </c>
       <c r="J409" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K409" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="410" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A410" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B410" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C410" s="2" t="s">
-        <v>83</v>
+        <v>157</v>
       </c>
       <c r="D410" s="2" t="s">
-        <v>280</v>
+        <v>321</v>
       </c>
       <c r="E410" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F410" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G410" s="2" t="s">
         <v>383</v>
       </c>
       <c r="H410" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I410" s="2" t="s">
-        <v>281</v>
+        <v>322</v>
       </c>
       <c r="J410" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K410" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="411" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A411" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B411" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C411" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D411" s="2" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="E411" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F411" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G411" s="2" t="s">
         <v>383</v>
       </c>
       <c r="H411" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I411" s="2" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="J411" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K411" s="2" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
     </row>
     <row r="412" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A412" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B412" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C412" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D412" s="2" t="s">
-        <v>46</v>
+        <v>150</v>
       </c>
       <c r="E412" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F412" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G412" s="2" t="s">
         <v>383</v>
       </c>
       <c r="H412" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I412" s="2" t="s">
-        <v>47</v>
+        <v>352</v>
       </c>
       <c r="J412" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K412" s="2" t="s">
-        <v>48</v>
+        <v>353</v>
       </c>
     </row>
     <row r="413" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A413" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B413" s="2" t="s">
-        <v>156</v>
+        <v>93</v>
       </c>
       <c r="C413" s="2" t="s">
-        <v>157</v>
+        <v>68</v>
       </c>
       <c r="D413" s="2" t="s">
-        <v>321</v>
+        <v>94</v>
       </c>
       <c r="E413" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F413" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G413" s="2" t="s">
         <v>383</v>
       </c>
       <c r="H413" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I413" s="2" t="s">
-        <v>322</v>
+        <v>95</v>
       </c>
       <c r="J413" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K413" s="2" t="s">
-        <v>323</v>
+        <v>96</v>
       </c>
     </row>
     <row r="414" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A414" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B414" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C414" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D414" s="2" t="s">
-        <v>108</v>
+        <v>181</v>
       </c>
       <c r="E414" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F414" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G414" s="2" t="s">
         <v>383</v>
       </c>
       <c r="H414" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I414" s="2" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="J414" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K414" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="415" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="415" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A415" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C415" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D415" s="2" t="s">
         <v>150</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>393</v>
-[...5 lines deleted...]
-        <v>383</v>
+        <v>396</v>
       </c>
       <c r="H415" s="2" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="I415" s="2" t="s">
-        <v>352</v>
+        <v>369</v>
       </c>
       <c r="J415" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K415" s="2" t="s">
-        <v>353</v>
+        <v>370</v>
       </c>
     </row>
     <row r="416" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A416" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B416" s="2" t="s">
-        <v>93</v>
+        <v>44</v>
       </c>
       <c r="C416" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D416" s="2" t="s">
-        <v>94</v>
+        <v>120</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>382</v>
+        <v>397</v>
       </c>
       <c r="G416" s="2" t="s">
-        <v>383</v>
+        <v>398</v>
       </c>
       <c r="H416" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I416" s="2" t="s">
-        <v>95</v>
+        <v>121</v>
       </c>
       <c r="J416" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K416" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="417" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A417" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C417" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D417" s="2" t="s">
-        <v>181</v>
+        <v>376</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>382</v>
+        <v>400</v>
       </c>
       <c r="G417" s="2" t="s">
-        <v>383</v>
+        <v>27</v>
       </c>
       <c r="H417" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I417" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="J417" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="K417" s="2" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="418" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+      <c r="A418" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C418" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D418" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="E418" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="F418" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="G418" s="2" t="s">
+        <v>401</v>
+      </c>
+      <c r="H418" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="I417" s="2" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="I418" s="2" t="s">
-        <v>369</v>
+        <v>281</v>
       </c>
       <c r="J418" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K418" s="2" t="s">
-        <v>370</v>
+        <v>282</v>
       </c>
     </row>
     <row r="419" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A419" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B419" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D419" s="2" t="s">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="G419" s="2" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="H419" s="2" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="I419" s="2" t="s">
-        <v>121</v>
+        <v>91</v>
       </c>
       <c r="J419" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K419" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="420" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A420" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B420" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C420" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D420" s="2" t="s">
-        <v>376</v>
+        <v>108</v>
       </c>
       <c r="E420" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F420" s="2" t="s">
         <v>400</v>
       </c>
       <c r="G420" s="2" t="s">
-        <v>27</v>
+        <v>401</v>
       </c>
       <c r="H420" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I420" s="2" t="s">
-        <v>377</v>
+        <v>109</v>
       </c>
       <c r="J420" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K420" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="421" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A421" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C421" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D421" s="2" t="s">
-        <v>280</v>
+        <v>181</v>
       </c>
       <c r="E421" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F421" s="2" t="s">
         <v>400</v>
       </c>
       <c r="G421" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H421" s="2" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="I421" s="2" t="s">
-        <v>281</v>
+        <v>182</v>
       </c>
       <c r="J421" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K421" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="422" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A422" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B422" s="2" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
       <c r="C422" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D422" s="2" t="s">
-        <v>90</v>
+        <v>373</v>
       </c>
       <c r="E422" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F422" s="2" t="s">
         <v>400</v>
       </c>
       <c r="G422" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H422" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I422" s="2" t="s">
-        <v>91</v>
+        <v>374</v>
       </c>
       <c r="J422" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K422" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="423" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="423" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A423" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B423" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C423" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D423" s="2" t="s">
-        <v>108</v>
+        <v>376</v>
       </c>
       <c r="E423" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G423" s="2" t="s">
-        <v>401</v>
+        <v>27</v>
       </c>
       <c r="H423" s="2" t="s">
-        <v>41</v>
+        <v>338</v>
       </c>
       <c r="I423" s="2" t="s">
-        <v>109</v>
+        <v>377</v>
       </c>
       <c r="J423" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K423" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="424" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="424" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A424" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C424" s="2" t="s">
-        <v>180</v>
+        <v>83</v>
       </c>
       <c r="D424" s="2" t="s">
-        <v>181</v>
+        <v>280</v>
       </c>
       <c r="E424" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G424" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H424" s="2" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="I424" s="2" t="s">
-        <v>182</v>
+        <v>281</v>
       </c>
       <c r="J424" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K424" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="425" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="425" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A425" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B425" s="2" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D425" s="2" t="s">
-        <v>373</v>
+        <v>90</v>
       </c>
       <c r="E425" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G425" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H425" s="2" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="I425" s="2" t="s">
-        <v>374</v>
+        <v>91</v>
       </c>
       <c r="J425" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K425" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="426" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="426" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A426" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B426" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C426" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D426" s="2" t="s">
-        <v>376</v>
+        <v>108</v>
       </c>
       <c r="E426" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F426" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G426" s="2" t="s">
-        <v>27</v>
+        <v>401</v>
       </c>
       <c r="H426" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I426" s="2" t="s">
-        <v>377</v>
+        <v>109</v>
       </c>
       <c r="J426" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K426" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="427" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="427" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A427" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B427" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C427" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D427" s="2" t="s">
-        <v>280</v>
+        <v>69</v>
       </c>
       <c r="E427" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F427" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G427" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H427" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I427" s="2" t="s">
-        <v>281</v>
+        <v>200</v>
       </c>
       <c r="J427" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K427" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="428" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A428" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B428" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C428" s="2" t="s">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="D428" s="2" t="s">
-        <v>90</v>
+        <v>181</v>
       </c>
       <c r="E428" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F428" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G428" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H428" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I428" s="2" t="s">
-        <v>91</v>
+        <v>182</v>
       </c>
       <c r="J428" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K428" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="429" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A429" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B429" s="2" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="C429" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D429" s="2" t="s">
-        <v>108</v>
+        <v>373</v>
       </c>
       <c r="E429" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F429" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G429" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H429" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I429" s="2" t="s">
-        <v>109</v>
+        <v>374</v>
       </c>
       <c r="J429" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K429" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="430" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A430" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B430" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C430" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D430" s="2" t="s">
-        <v>69</v>
+        <v>376</v>
       </c>
       <c r="E430" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>402</v>
+        <v>380</v>
       </c>
       <c r="G430" s="2" t="s">
-        <v>401</v>
+        <v>27</v>
       </c>
       <c r="H430" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I430" s="2" t="s">
-        <v>200</v>
+        <v>377</v>
       </c>
       <c r="J430" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K430" s="2" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="431" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A431" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C431" s="2" t="s">
-        <v>180</v>
+        <v>83</v>
       </c>
       <c r="D431" s="2" t="s">
-        <v>181</v>
+        <v>280</v>
       </c>
       <c r="E431" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>402</v>
+        <v>380</v>
       </c>
       <c r="G431" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H431" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I431" s="2" t="s">
-        <v>182</v>
+        <v>281</v>
       </c>
       <c r="J431" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K431" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="432" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A432" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B432" s="2" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D432" s="2" t="s">
-        <v>373</v>
+        <v>90</v>
       </c>
       <c r="E432" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>402</v>
+        <v>380</v>
       </c>
       <c r="G432" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H432" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I432" s="2" t="s">
-        <v>374</v>
+        <v>91</v>
       </c>
       <c r="J432" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K432" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="433" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A433" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B433" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C433" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D433" s="2" t="s">
-        <v>376</v>
+        <v>108</v>
       </c>
       <c r="E433" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F433" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G433" s="2" t="s">
-        <v>27</v>
+        <v>401</v>
       </c>
       <c r="H433" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I433" s="2" t="s">
-        <v>377</v>
+        <v>109</v>
       </c>
       <c r="J433" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K433" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="434" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A434" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B434" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C434" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D434" s="2" t="s">
-        <v>280</v>
+        <v>69</v>
       </c>
       <c r="E434" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F434" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G434" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H434" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I434" s="2" t="s">
-        <v>281</v>
+        <v>200</v>
       </c>
       <c r="J434" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K434" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="435" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A435" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B435" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C435" s="2" t="s">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="D435" s="2" t="s">
-        <v>90</v>
+        <v>181</v>
       </c>
       <c r="E435" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F435" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G435" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H435" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I435" s="2" t="s">
-        <v>91</v>
+        <v>182</v>
       </c>
       <c r="J435" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K435" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="436" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A436" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B436" s="2" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="C436" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D436" s="2" t="s">
-        <v>108</v>
+        <v>373</v>
       </c>
       <c r="E436" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F436" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G436" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H436" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I436" s="2" t="s">
-        <v>109</v>
+        <v>374</v>
       </c>
       <c r="J436" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K436" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="437" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A437" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B437" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C437" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D437" s="2" t="s">
-        <v>69</v>
+        <v>376</v>
       </c>
       <c r="E437" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="G437" s="2" t="s">
-        <v>401</v>
+        <v>27</v>
       </c>
       <c r="H437" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I437" s="2" t="s">
-        <v>200</v>
+        <v>377</v>
       </c>
       <c r="J437" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K437" s="2" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="438" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A438" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>180</v>
+        <v>83</v>
       </c>
       <c r="D438" s="2" t="s">
-        <v>181</v>
+        <v>280</v>
       </c>
       <c r="E438" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="G438" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H438" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I438" s="2" t="s">
-        <v>182</v>
+        <v>281</v>
       </c>
       <c r="J438" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K438" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="439" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="439" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A439" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B439" s="2" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="C439" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D439" s="2" t="s">
-        <v>373</v>
+        <v>90</v>
       </c>
       <c r="E439" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="G439" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H439" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I439" s="2" t="s">
-        <v>374</v>
+        <v>91</v>
       </c>
       <c r="J439" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K439" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="440" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="440" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A440" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B440" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C440" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D440" s="2" t="s">
-        <v>376</v>
+        <v>108</v>
       </c>
       <c r="E440" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F440" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G440" s="2" t="s">
-        <v>27</v>
+        <v>401</v>
       </c>
       <c r="H440" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I440" s="2" t="s">
-        <v>377</v>
+        <v>109</v>
       </c>
       <c r="J440" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K440" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="441" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="441" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A441" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B441" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C441" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D441" s="2" t="s">
-        <v>280</v>
+        <v>69</v>
       </c>
       <c r="E441" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F441" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G441" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H441" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I441" s="2" t="s">
-        <v>281</v>
+        <v>200</v>
       </c>
       <c r="J441" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K441" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="442" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="442" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A442" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B442" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C442" s="2" t="s">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="D442" s="2" t="s">
-        <v>90</v>
+        <v>181</v>
       </c>
       <c r="E442" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F442" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G442" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H442" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I442" s="2" t="s">
-        <v>91</v>
+        <v>182</v>
       </c>
       <c r="J442" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K442" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="443" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="443" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A443" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B443" s="2" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="C443" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D443" s="2" t="s">
-        <v>108</v>
+        <v>373</v>
       </c>
       <c r="E443" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F443" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G443" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H443" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I443" s="2" t="s">
-        <v>109</v>
+        <v>374</v>
       </c>
       <c r="J443" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K443" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="444" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="444" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A444" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B444" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C444" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D444" s="2" t="s">
-        <v>69</v>
+        <v>376</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>379</v>
+        <v>404</v>
       </c>
       <c r="G444" s="2" t="s">
-        <v>401</v>
+        <v>27</v>
       </c>
       <c r="H444" s="2" t="s">
-        <v>59</v>
+        <v>405</v>
       </c>
       <c r="I444" s="2" t="s">
-        <v>200</v>
+        <v>377</v>
       </c>
       <c r="J444" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K444" s="2" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="445" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="445" spans="1:11" ht="105" x14ac:dyDescent="0.25">
       <c r="A445" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C445" s="2" t="s">
-        <v>180</v>
+        <v>32</v>
       </c>
       <c r="D445" s="2" t="s">
-        <v>181</v>
+        <v>406</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>379</v>
+        <v>408</v>
       </c>
       <c r="G445" s="2" t="s">
-        <v>401</v>
+        <v>27</v>
       </c>
       <c r="H445" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I445" s="2" t="s">
-        <v>182</v>
+        <v>409</v>
       </c>
       <c r="J445" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K445" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="446" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="446" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A446" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B446" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C446" s="2" t="s">
-        <v>83</v>
+        <v>64</v>
       </c>
       <c r="D446" s="2" t="s">
-        <v>373</v>
+        <v>224</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>379</v>
+        <v>408</v>
       </c>
       <c r="G446" s="2" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="H446" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I446" s="2" t="s">
-        <v>374</v>
+        <v>225</v>
       </c>
       <c r="J446" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K446" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="447" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="447" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A447" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B447" s="2" t="s">
+        <v>102</v>
+      </c>
       <c r="C447" s="2" t="s">
-        <v>45</v>
+        <v>103</v>
       </c>
       <c r="D447" s="2" t="s">
-        <v>376</v>
+        <v>318</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="G447" s="2" t="s">
-        <v>27</v>
+        <v>411</v>
       </c>
       <c r="H447" s="2" t="s">
-        <v>405</v>
+        <v>59</v>
       </c>
       <c r="I447" s="2" t="s">
-        <v>377</v>
+        <v>319</v>
       </c>
       <c r="J447" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K447" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="448" spans="1:11" ht="105" x14ac:dyDescent="0.25">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="448" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A448" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B448" s="2" t="s">
+        <v>52</v>
+      </c>
       <c r="C448" s="2" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="D448" s="2" t="s">
-        <v>406</v>
+        <v>230</v>
       </c>
       <c r="E448" s="2" t="s">
         <v>407</v>
       </c>
       <c r="F448" s="2" t="s">
         <v>408</v>
       </c>
       <c r="G448" s="2" t="s">
-        <v>27</v>
+        <v>411</v>
       </c>
       <c r="H448" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I448" s="2" t="s">
-        <v>409</v>
+        <v>231</v>
       </c>
       <c r="J448" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K448" s="2" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-    <row r="449" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="449" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A449" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B449" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C449" s="2" t="s">
-        <v>64</v>
+        <v>157</v>
       </c>
       <c r="D449" s="2" t="s">
-        <v>224</v>
+        <v>192</v>
       </c>
       <c r="E449" s="2" t="s">
         <v>407</v>
       </c>
       <c r="F449" s="2" t="s">
         <v>408</v>
       </c>
       <c r="G449" s="2" t="s">
         <v>411</v>
       </c>
       <c r="H449" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I449" s="2" t="s">
-        <v>225</v>
+        <v>193</v>
       </c>
       <c r="J449" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K449" s="2" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="450" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="450" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A450" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B450" s="2" t="s">
-        <v>102</v>
+        <v>44</v>
       </c>
       <c r="C450" s="2" t="s">
-        <v>103</v>
+        <v>45</v>
       </c>
       <c r="D450" s="2" t="s">
-        <v>318</v>
+        <v>90</v>
       </c>
       <c r="E450" s="2" t="s">
         <v>407</v>
       </c>
       <c r="F450" s="2" t="s">
         <v>408</v>
       </c>
       <c r="G450" s="2" t="s">
         <v>411</v>
       </c>
       <c r="H450" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I450" s="2" t="s">
-        <v>319</v>
+        <v>91</v>
       </c>
       <c r="J450" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K450" s="2" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-    <row r="451" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="451" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A451" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B451" s="2" t="s">
-        <v>52</v>
+        <v>82</v>
       </c>
       <c r="C451" s="2" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="D451" s="2" t="s">
-        <v>230</v>
+        <v>373</v>
       </c>
       <c r="E451" s="2" t="s">
         <v>407</v>
       </c>
       <c r="F451" s="2" t="s">
         <v>408</v>
       </c>
       <c r="G451" s="2" t="s">
         <v>411</v>
       </c>
       <c r="H451" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I451" s="2" t="s">
-        <v>231</v>
+        <v>374</v>
       </c>
       <c r="J451" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K451" s="2" t="s">
-        <v>232</v>
+        <v>375</v>
       </c>
     </row>
     <row r="452" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A452" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B452" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C452" s="2" t="s">
-        <v>157</v>
+        <v>126</v>
       </c>
       <c r="D452" s="2" t="s">
-        <v>192</v>
+        <v>127</v>
       </c>
       <c r="E452" s="2" t="s">
         <v>407</v>
       </c>
       <c r="F452" s="2" t="s">
         <v>408</v>
       </c>
       <c r="G452" s="2" t="s">
         <v>411</v>
       </c>
       <c r="H452" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I452" s="2" t="s">
-        <v>193</v>
+        <v>128</v>
       </c>
       <c r="J452" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K452" s="2" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="453" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="453" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A453" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B453" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C453" s="2" t="s">
-        <v>45</v>
+        <v>126</v>
       </c>
       <c r="D453" s="2" t="s">
-        <v>90</v>
+        <v>267</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="G453" s="2" t="s">
-        <v>411</v>
+        <v>27</v>
       </c>
       <c r="H453" s="2" t="s">
-        <v>59</v>
+        <v>405</v>
       </c>
       <c r="I453" s="2" t="s">
-        <v>91</v>
+        <v>414</v>
       </c>
       <c r="J453" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K453" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="454" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="454" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A454" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B454" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C454" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D454" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E454" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="F454" s="2" t="s">
+        <v>417</v>
+      </c>
+      <c r="G454" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H454" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I454" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J454" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="K454" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="455" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+      <c r="A455" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C455" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="D454" s="2" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="D455" s="2" t="s">
-        <v>127</v>
+        <v>280</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="G455" s="2" t="s">
-        <v>411</v>
+        <v>368</v>
       </c>
       <c r="H455" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I455" s="2" t="s">
-        <v>128</v>
+        <v>281</v>
       </c>
       <c r="J455" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K455" s="2" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="456" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="456" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A456" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C456" s="2" t="s">
-        <v>126</v>
+        <v>45</v>
       </c>
       <c r="D456" s="2" t="s">
-        <v>267</v>
+        <v>114</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="G456" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H456" s="2" t="s">
-        <v>405</v>
+        <v>41</v>
       </c>
       <c r="I456" s="2" t="s">
-        <v>414</v>
+        <v>118</v>
       </c>
       <c r="J456" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K456" s="2" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-    <row r="457" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="457" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A457" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B457" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C457" s="2" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="D457" s="2" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="E457" s="2" t="s">
         <v>416</v>
       </c>
       <c r="F457" s="2" t="s">
         <v>417</v>
       </c>
       <c r="G457" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H457" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I457" s="2" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="J457" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K457" s="2" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="458" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="458" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A458" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C458" s="2" t="s">
-        <v>83</v>
+        <v>64</v>
       </c>
       <c r="D458" s="2" t="s">
-        <v>280</v>
+        <v>153</v>
       </c>
       <c r="E458" s="2" t="s">
         <v>416</v>
       </c>
       <c r="F458" s="2" t="s">
         <v>417</v>
       </c>
       <c r="G458" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H458" s="2" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="I458" s="2" t="s">
-        <v>281</v>
+        <v>154</v>
       </c>
       <c r="J458" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K458" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="459" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="459" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A459" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B459" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C459" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D459" s="2" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="E459" s="2" t="s">
         <v>416</v>
       </c>
       <c r="F459" s="2" t="s">
         <v>417</v>
       </c>
       <c r="G459" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H459" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I459" s="2" t="s">
-        <v>118</v>
+        <v>95</v>
       </c>
       <c r="J459" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K459" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="460" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="460" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A460" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B460" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C460" s="2" t="s">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="D460" s="2" t="s">
-        <v>46</v>
+        <v>181</v>
       </c>
       <c r="E460" s="2" t="s">
         <v>416</v>
       </c>
       <c r="F460" s="2" t="s">
         <v>417</v>
       </c>
       <c r="G460" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H460" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I460" s="2" t="s">
-        <v>47</v>
+        <v>182</v>
       </c>
       <c r="J460" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K460" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="461" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="461" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A461" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B461" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="C461" s="2" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="D461" s="2" t="s">
-        <v>153</v>
+        <v>123</v>
       </c>
       <c r="E461" s="2" t="s">
         <v>416</v>
       </c>
       <c r="F461" s="2" t="s">
         <v>417</v>
       </c>
       <c r="G461" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H461" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I461" s="2" t="s">
-        <v>154</v>
+        <v>124</v>
       </c>
       <c r="J461" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K461" s="2" t="s">
-        <v>155</v>
+        <v>125</v>
       </c>
     </row>
     <row r="462" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A462" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B462" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C462" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D462" s="2" t="s">
-        <v>94</v>
+        <v>150</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>417</v>
+        <v>57</v>
       </c>
       <c r="G462" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H462" s="2" t="s">
-        <v>41</v>
+        <v>405</v>
       </c>
       <c r="I462" s="2" t="s">
-        <v>95</v>
+        <v>73</v>
       </c>
       <c r="J462" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K462" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="463" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="463" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A463" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C463" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D463" s="2" t="s">
-        <v>181</v>
+        <v>150</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>417</v>
+        <v>57</v>
       </c>
       <c r="G463" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H463" s="2" t="s">
-        <v>41</v>
+        <v>338</v>
       </c>
       <c r="I463" s="2" t="s">
-        <v>182</v>
+        <v>420</v>
       </c>
       <c r="J463" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K463" s="2" t="s">
-        <v>183</v>
+        <v>421</v>
       </c>
     </row>
     <row r="464" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A464" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B464" s="2" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="C464" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D464" s="2" t="s">
-        <v>123</v>
+        <v>90</v>
       </c>
       <c r="E464" s="2" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>417</v>
+        <v>57</v>
       </c>
       <c r="G464" s="2" t="s">
-        <v>368</v>
+        <v>422</v>
       </c>
       <c r="H464" s="2" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="I464" s="2" t="s">
-        <v>124</v>
+        <v>91</v>
       </c>
       <c r="J464" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K464" s="2" t="s">
-        <v>125</v>
+        <v>92</v>
       </c>
     </row>
     <row r="465" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A465" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C465" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D465" s="2" t="s">
-        <v>150</v>
+        <v>376</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>57</v>
+        <v>424</v>
       </c>
       <c r="G465" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H465" s="2" t="s">
-        <v>405</v>
+        <v>36</v>
       </c>
       <c r="I465" s="2" t="s">
-        <v>73</v>
+        <v>377</v>
       </c>
       <c r="J465" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K465" s="2" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="466" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="466" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A466" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D466" s="2" t="s">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>57</v>
+        <v>424</v>
       </c>
       <c r="G466" s="2" t="s">
-        <v>27</v>
+        <v>401</v>
       </c>
       <c r="H466" s="2" t="s">
-        <v>338</v>
+        <v>41</v>
       </c>
       <c r="I466" s="2" t="s">
-        <v>420</v>
+        <v>281</v>
       </c>
       <c r="J466" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K466" s="2" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-    <row r="467" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="467" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A467" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C467" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D467" s="2" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>57</v>
+        <v>424</v>
       </c>
       <c r="G467" s="2" t="s">
-        <v>422</v>
+        <v>401</v>
       </c>
       <c r="H467" s="2" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="I467" s="2" t="s">
-        <v>91</v>
+        <v>118</v>
       </c>
       <c r="J467" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K467" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="468" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="468" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A468" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B468" s="2" t="s">
+        <v>44</v>
       </c>
       <c r="C468" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D468" s="2" t="s">
-        <v>376</v>
+        <v>46</v>
       </c>
       <c r="E468" s="2" t="s">
         <v>423</v>
       </c>
       <c r="F468" s="2" t="s">
         <v>424</v>
       </c>
       <c r="G468" s="2" t="s">
-        <v>27</v>
+        <v>401</v>
       </c>
       <c r="H468" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I468" s="2" t="s">
-        <v>377</v>
+        <v>47</v>
       </c>
       <c r="J468" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K468" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="469" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="469" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A469" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B469" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C469" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D469" s="2" t="s">
-        <v>280</v>
+        <v>120</v>
       </c>
       <c r="E469" s="2" t="s">
         <v>423</v>
       </c>
       <c r="F469" s="2" t="s">
         <v>424</v>
       </c>
       <c r="G469" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H469" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I469" s="2" t="s">
-        <v>281</v>
+        <v>121</v>
       </c>
       <c r="J469" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K469" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="470" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="470" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A470" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B470" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C470" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D470" s="2" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="E470" s="2" t="s">
         <v>423</v>
       </c>
       <c r="F470" s="2" t="s">
         <v>424</v>
       </c>
       <c r="G470" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H470" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I470" s="2" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="J470" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K470" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="471" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="471" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A471" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B471" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C471" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D471" s="2" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="E471" s="2" t="s">
         <v>423</v>
       </c>
       <c r="F471" s="2" t="s">
         <v>424</v>
       </c>
       <c r="G471" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H471" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I471" s="2" t="s">
-        <v>47</v>
+        <v>200</v>
       </c>
       <c r="J471" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K471" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="472" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="472" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A472" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B472" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C472" s="2" t="s">
-        <v>68</v>
+        <v>180</v>
       </c>
       <c r="D472" s="2" t="s">
-        <v>120</v>
+        <v>181</v>
       </c>
       <c r="E472" s="2" t="s">
         <v>423</v>
       </c>
       <c r="F472" s="2" t="s">
         <v>424</v>
       </c>
       <c r="G472" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H472" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I472" s="2" t="s">
-        <v>121</v>
+        <v>182</v>
       </c>
       <c r="J472" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K472" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="473" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="473" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A473" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B473" s="2" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="C473" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D473" s="2" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="E473" s="2" t="s">
         <v>423</v>
       </c>
       <c r="F473" s="2" t="s">
         <v>424</v>
       </c>
       <c r="G473" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H473" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I473" s="2" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="J473" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K473" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="474" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="474" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A474" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B474" s="2" t="s">
-        <v>93</v>
+        <v>156</v>
       </c>
       <c r="C474" s="2" t="s">
-        <v>68</v>
+        <v>157</v>
       </c>
       <c r="D474" s="2" t="s">
-        <v>69</v>
+        <v>158</v>
       </c>
       <c r="E474" s="2" t="s">
         <v>423</v>
       </c>
       <c r="F474" s="2" t="s">
         <v>424</v>
       </c>
       <c r="G474" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H474" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I474" s="2" t="s">
-        <v>200</v>
+        <v>159</v>
       </c>
       <c r="J474" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K474" s="2" t="s">
-        <v>201</v>
+        <v>160</v>
       </c>
     </row>
     <row r="475" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A475" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C475" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D475" s="2" t="s">
-        <v>181</v>
+        <v>150</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="G475" s="2" t="s">
-        <v>401</v>
+        <v>27</v>
       </c>
       <c r="H475" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I475" s="2" t="s">
-        <v>182</v>
+        <v>369</v>
       </c>
       <c r="J475" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K475" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="476" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="476" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A476" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C476" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D476" s="2" t="s">
-        <v>123</v>
+        <v>280</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="G476" s="2" t="s">
-        <v>401</v>
+        <v>427</v>
       </c>
       <c r="H476" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I476" s="2" t="s">
-        <v>124</v>
+        <v>281</v>
       </c>
       <c r="J476" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K476" s="2" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="477" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="477" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A477" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B477" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C477" s="2" t="s">
-        <v>157</v>
+        <v>45</v>
       </c>
       <c r="D477" s="2" t="s">
-        <v>158</v>
+        <v>114</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="G477" s="2" t="s">
-        <v>401</v>
+        <v>427</v>
       </c>
       <c r="H477" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I477" s="2" t="s">
-        <v>159</v>
+        <v>118</v>
       </c>
       <c r="J477" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K477" s="2" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="478" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="478" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A478" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B478" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C478" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D478" s="2" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="E478" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F478" s="2" t="s">
         <v>426</v>
       </c>
       <c r="G478" s="2" t="s">
-        <v>27</v>
+        <v>427</v>
       </c>
       <c r="H478" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I478" s="2" t="s">
-        <v>369</v>
+        <v>47</v>
       </c>
       <c r="J478" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K478" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="479" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="479" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A479" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C479" s="2" t="s">
-        <v>83</v>
+        <v>130</v>
       </c>
       <c r="D479" s="2" t="s">
-        <v>280</v>
+        <v>177</v>
       </c>
       <c r="E479" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F479" s="2" t="s">
         <v>426</v>
       </c>
       <c r="G479" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H479" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I479" s="2" t="s">
-        <v>281</v>
+        <v>178</v>
       </c>
       <c r="J479" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K479" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="480" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="480" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A480" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B480" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C480" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D480" s="2" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="E480" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F480" s="2" t="s">
         <v>426</v>
       </c>
       <c r="G480" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H480" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I480" s="2" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="J480" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K480" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="481" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="481" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A481" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B481" s="2" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="C481" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D481" s="2" t="s">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="E481" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F481" s="2" t="s">
         <v>426</v>
       </c>
       <c r="G481" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H481" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I481" s="2" t="s">
-        <v>47</v>
+        <v>109</v>
       </c>
       <c r="J481" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K481" s="2" t="s">
-        <v>48</v>
+        <v>110</v>
       </c>
     </row>
     <row r="482" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A482" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C482" s="2" t="s">
-        <v>130</v>
+        <v>64</v>
       </c>
       <c r="D482" s="2" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="E482" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F482" s="2" t="s">
         <v>426</v>
       </c>
       <c r="G482" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H482" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I482" s="2" t="s">
-        <v>178</v>
+        <v>154</v>
       </c>
       <c r="J482" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K482" s="2" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
     </row>
     <row r="483" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A483" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B483" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C483" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D483" s="2" t="s">
-        <v>120</v>
+        <v>94</v>
       </c>
       <c r="E483" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F483" s="2" t="s">
         <v>426</v>
       </c>
       <c r="G483" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H483" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I483" s="2" t="s">
-        <v>121</v>
+        <v>95</v>
       </c>
       <c r="J483" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K483" s="2" t="s">
-        <v>122</v>
+        <v>96</v>
       </c>
     </row>
     <row r="484" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A484" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B484" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C484" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D484" s="2" t="s">
-        <v>108</v>
+        <v>181</v>
       </c>
       <c r="E484" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F484" s="2" t="s">
         <v>426</v>
       </c>
       <c r="G484" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H484" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I484" s="2" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="J484" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K484" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="485" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="485" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A485" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B485" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="C485" s="2" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="D485" s="2" t="s">
-        <v>153</v>
+        <v>123</v>
       </c>
       <c r="E485" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F485" s="2" t="s">
         <v>426</v>
       </c>
       <c r="G485" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H485" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I485" s="2" t="s">
-        <v>154</v>
+        <v>124</v>
       </c>
       <c r="J485" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K485" s="2" t="s">
-        <v>155</v>
+        <v>125</v>
       </c>
     </row>
     <row r="486" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A486" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B486" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C486" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D486" s="2" t="s">
-        <v>94</v>
+        <v>161</v>
       </c>
       <c r="E486" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F486" s="2" t="s">
         <v>426</v>
       </c>
       <c r="G486" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H486" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I486" s="2" t="s">
-        <v>95</v>
+        <v>162</v>
       </c>
       <c r="J486" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K486" s="2" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
     </row>
     <row r="487" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A487" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C487" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D487" s="2" t="s">
-        <v>181</v>
+        <v>150</v>
       </c>
       <c r="E487" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>426</v>
+        <v>400</v>
       </c>
       <c r="G487" s="2" t="s">
-        <v>427</v>
+        <v>27</v>
       </c>
       <c r="H487" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I487" s="2" t="s">
-        <v>182</v>
+        <v>369</v>
       </c>
       <c r="J487" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K487" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="488" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="488" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A488" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C488" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D488" s="2" t="s">
-        <v>123</v>
+        <v>280</v>
       </c>
       <c r="E488" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>426</v>
+        <v>400</v>
       </c>
       <c r="G488" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H488" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I488" s="2" t="s">
-        <v>124</v>
+        <v>281</v>
       </c>
       <c r="J488" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K488" s="2" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="489" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="489" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A489" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C489" s="2" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="D489" s="2" t="s">
-        <v>161</v>
+        <v>114</v>
       </c>
       <c r="E489" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>426</v>
+        <v>400</v>
       </c>
       <c r="G489" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H489" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I489" s="2" t="s">
-        <v>162</v>
+        <v>118</v>
       </c>
       <c r="J489" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K489" s="2" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="490" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A490" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B490" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C490" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D490" s="2" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="E490" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F490" s="2" t="s">
         <v>400</v>
       </c>
       <c r="G490" s="2" t="s">
-        <v>27</v>
+        <v>427</v>
       </c>
       <c r="H490" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I490" s="2" t="s">
-        <v>369</v>
+        <v>47</v>
       </c>
       <c r="J490" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K490" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="491" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="491" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A491" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C491" s="2" t="s">
-        <v>83</v>
+        <v>130</v>
       </c>
       <c r="D491" s="2" t="s">
-        <v>280</v>
+        <v>177</v>
       </c>
       <c r="E491" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F491" s="2" t="s">
         <v>400</v>
       </c>
       <c r="G491" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H491" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I491" s="2" t="s">
-        <v>281</v>
+        <v>178</v>
       </c>
       <c r="J491" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K491" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="492" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="492" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A492" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B492" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C492" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D492" s="2" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="E492" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F492" s="2" t="s">
         <v>400</v>
       </c>
       <c r="G492" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H492" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I492" s="2" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="J492" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K492" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="493" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="493" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A493" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B493" s="2" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="C493" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D493" s="2" t="s">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="E493" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F493" s="2" t="s">
         <v>400</v>
       </c>
       <c r="G493" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H493" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I493" s="2" t="s">
-        <v>47</v>
+        <v>109</v>
       </c>
       <c r="J493" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K493" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="494" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A494" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B494" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C494" s="2" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="D494" s="2" t="s">
-        <v>177</v>
+        <v>94</v>
       </c>
       <c r="E494" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F494" s="2" t="s">
         <v>400</v>
       </c>
       <c r="G494" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H494" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I494" s="2" t="s">
-        <v>178</v>
+        <v>95</v>
       </c>
       <c r="J494" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K494" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="495" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="495" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A495" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B495" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C495" s="2" t="s">
-        <v>68</v>
+        <v>180</v>
       </c>
       <c r="D495" s="2" t="s">
-        <v>120</v>
+        <v>181</v>
       </c>
       <c r="E495" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F495" s="2" t="s">
         <v>400</v>
       </c>
       <c r="G495" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H495" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I495" s="2" t="s">
-        <v>121</v>
+        <v>182</v>
       </c>
       <c r="J495" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K495" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="496" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="496" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A496" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B496" s="2" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="C496" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D496" s="2" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="E496" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F496" s="2" t="s">
         <v>400</v>
       </c>
       <c r="G496" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H496" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I496" s="2" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="J496" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K496" s="2" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="497" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A497" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B497" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C497" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D497" s="2" t="s">
-        <v>94</v>
+        <v>161</v>
       </c>
       <c r="E497" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F497" s="2" t="s">
         <v>400</v>
       </c>
       <c r="G497" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H497" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I497" s="2" t="s">
-        <v>95</v>
+        <v>162</v>
       </c>
       <c r="J497" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K497" s="2" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
     </row>
     <row r="498" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A498" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C498" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D498" s="2" t="s">
-        <v>181</v>
+        <v>150</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="H498" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I498" s="2" t="s">
-        <v>182</v>
+        <v>369</v>
       </c>
       <c r="J498" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K498" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="499" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="499" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A499" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C499" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D499" s="2" t="s">
-        <v>123</v>
+        <v>280</v>
       </c>
       <c r="E499" s="2" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>400</v>
+        <v>430</v>
       </c>
       <c r="G499" s="2" t="s">
-        <v>427</v>
+        <v>368</v>
       </c>
       <c r="H499" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I499" s="2" t="s">
-        <v>124</v>
+        <v>281</v>
       </c>
       <c r="J499" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K499" s="2" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="500" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="500" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A500" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C500" s="2" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="D500" s="2" t="s">
-        <v>161</v>
+        <v>114</v>
       </c>
       <c r="E500" s="2" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>400</v>
+        <v>430</v>
       </c>
       <c r="G500" s="2" t="s">
-        <v>427</v>
+        <v>368</v>
       </c>
       <c r="H500" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I500" s="2" t="s">
-        <v>162</v>
+        <v>118</v>
       </c>
       <c r="J500" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K500" s="2" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="501" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="501" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A501" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B501" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C501" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D501" s="2" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="E501" s="2" t="s">
         <v>428</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>429</v>
+        <v>430</v>
+      </c>
+      <c r="G501" s="2" t="s">
+        <v>368</v>
       </c>
       <c r="H501" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I501" s="2" t="s">
-        <v>369</v>
+        <v>47</v>
       </c>
       <c r="J501" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K501" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="502" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="502" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A502" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B502" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C502" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D502" s="2" t="s">
-        <v>280</v>
+        <v>120</v>
       </c>
       <c r="E502" s="2" t="s">
         <v>428</v>
       </c>
       <c r="F502" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G502" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H502" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I502" s="2" t="s">
-        <v>281</v>
+        <v>121</v>
       </c>
       <c r="J502" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K502" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="503" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="503" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A503" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B503" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C503" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D503" s="2" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="E503" s="2" t="s">
         <v>428</v>
       </c>
       <c r="F503" s="2" t="s">
         <v>431</v>
       </c>
       <c r="G503" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H503" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I503" s="2" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="J503" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K503" s="2" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
     </row>
     <row r="504" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A504" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B504" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C504" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D504" s="2" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="E504" s="2" t="s">
         <v>428</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="G504" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H504" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I504" s="2" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="J504" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K504" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="505" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="505" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A505" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B505" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C505" s="2" t="s">
-        <v>68</v>
+        <v>180</v>
       </c>
       <c r="D505" s="2" t="s">
-        <v>120</v>
+        <v>181</v>
       </c>
       <c r="E505" s="2" t="s">
         <v>428</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="G505" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H505" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I505" s="2" t="s">
-        <v>121</v>
+        <v>182</v>
       </c>
       <c r="J505" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K505" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="506" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="506" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A506" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B506" s="2" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="C506" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D506" s="2" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="E506" s="2" t="s">
         <v>428</v>
       </c>
       <c r="F506" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G506" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H506" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I506" s="2" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="J506" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K506" s="2" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="507" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A507" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B507" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C507" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D507" s="2" t="s">
-        <v>94</v>
+        <v>150</v>
       </c>
       <c r="E507" s="2" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>431</v>
+        <v>57</v>
       </c>
       <c r="G507" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H507" s="2" t="s">
-        <v>41</v>
+        <v>405</v>
       </c>
       <c r="I507" s="2" t="s">
-        <v>95</v>
+        <v>420</v>
       </c>
       <c r="J507" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K507" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="508" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="508" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A508" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C508" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D508" s="2" t="s">
-        <v>181</v>
+        <v>150</v>
       </c>
       <c r="E508" s="2" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>431</v>
+        <v>57</v>
       </c>
       <c r="G508" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H508" s="2" t="s">
-        <v>41</v>
+        <v>338</v>
       </c>
       <c r="I508" s="2" t="s">
-        <v>182</v>
+        <v>420</v>
       </c>
       <c r="J508" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K508" s="2" t="s">
-        <v>183</v>
+        <v>421</v>
       </c>
     </row>
     <row r="509" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A509" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B509" s="2" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="C509" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D509" s="2" t="s">
-        <v>123</v>
+        <v>90</v>
       </c>
       <c r="E509" s="2" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>430</v>
+        <v>57</v>
       </c>
       <c r="G509" s="2" t="s">
-        <v>368</v>
+        <v>434</v>
       </c>
       <c r="H509" s="2" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="I509" s="2" t="s">
-        <v>124</v>
+        <v>91</v>
       </c>
       <c r="J509" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K509" s="2" t="s">
-        <v>125</v>
+        <v>92</v>
       </c>
     </row>
     <row r="510" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A510" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C510" s="2" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="D510" s="2" t="s">
-        <v>150</v>
+        <v>33</v>
       </c>
       <c r="E510" s="2" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>57</v>
+        <v>436</v>
       </c>
       <c r="G510" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H510" s="2" t="s">
-        <v>405</v>
+        <v>36</v>
       </c>
       <c r="I510" s="2" t="s">
-        <v>420</v>
+        <v>37</v>
       </c>
       <c r="J510" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K510" s="2" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-    <row r="511" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="511" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A511" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C511" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D511" s="2" t="s">
-        <v>150</v>
+        <v>114</v>
       </c>
       <c r="E511" s="2" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>57</v>
+        <v>436</v>
       </c>
       <c r="G511" s="2" t="s">
-        <v>27</v>
+        <v>437</v>
       </c>
       <c r="H511" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I511" s="2" t="s">
-        <v>420</v>
+        <v>118</v>
       </c>
       <c r="J511" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K511" s="2" t="s">
-        <v>421</v>
+        <v>119</v>
       </c>
     </row>
     <row r="512" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A512" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B512" s="2" t="s">
-        <v>44</v>
+        <v>156</v>
       </c>
       <c r="C512" s="2" t="s">
-        <v>45</v>
+        <v>157</v>
       </c>
       <c r="D512" s="2" t="s">
-        <v>90</v>
+        <v>192</v>
       </c>
       <c r="E512" s="2" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>57</v>
+        <v>436</v>
       </c>
       <c r="G512" s="2" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="H512" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I512" s="2" t="s">
-        <v>91</v>
+        <v>193</v>
       </c>
       <c r="J512" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K512" s="2" t="s">
-        <v>92</v>
+        <v>194</v>
       </c>
     </row>
     <row r="513" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A513" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B513" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C513" s="2" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="D513" s="2" t="s">
-        <v>33</v>
+        <v>90</v>
       </c>
       <c r="E513" s="2" t="s">
         <v>435</v>
       </c>
       <c r="F513" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G513" s="2" t="s">
-        <v>27</v>
+        <v>437</v>
       </c>
       <c r="H513" s="2" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="I513" s="2" t="s">
-        <v>37</v>
+        <v>91</v>
       </c>
       <c r="J513" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K513" s="2" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="514" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="514" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A514" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C514" s="2" t="s">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="D514" s="2" t="s">
-        <v>114</v>
+        <v>181</v>
       </c>
       <c r="E514" s="2" t="s">
         <v>435</v>
       </c>
       <c r="F514" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G514" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H514" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I514" s="2" t="s">
-        <v>118</v>
+        <v>182</v>
       </c>
       <c r="J514" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K514" s="2" t="s">
-        <v>119</v>
+        <v>183</v>
       </c>
     </row>
     <row r="515" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A515" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B515" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C515" s="2" t="s">
-        <v>157</v>
+        <v>64</v>
       </c>
       <c r="D515" s="2" t="s">
-        <v>192</v>
+        <v>161</v>
       </c>
       <c r="E515" s="2" t="s">
         <v>435</v>
       </c>
       <c r="F515" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G515" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H515" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I515" s="2" t="s">
-        <v>193</v>
+        <v>162</v>
       </c>
       <c r="J515" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K515" s="2" t="s">
-        <v>194</v>
+        <v>163</v>
       </c>
     </row>
     <row r="516" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A516" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B516" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C516" s="2" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="D516" s="2" t="s">
-        <v>90</v>
+        <v>33</v>
       </c>
       <c r="E516" s="2" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>436</v>
+        <v>413</v>
       </c>
       <c r="G516" s="2" t="s">
-        <v>437</v>
+        <v>27</v>
       </c>
       <c r="H516" s="2" t="s">
-        <v>59</v>
+        <v>439</v>
       </c>
       <c r="I516" s="2" t="s">
-        <v>91</v>
+        <v>37</v>
       </c>
       <c r="J516" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K516" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="517" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="517" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A517" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C517" s="2" t="s">
-        <v>180</v>
+        <v>32</v>
       </c>
       <c r="D517" s="2" t="s">
-        <v>181</v>
+        <v>33</v>
       </c>
       <c r="E517" s="2" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="G517" s="2" t="s">
-        <v>437</v>
+        <v>27</v>
       </c>
       <c r="H517" s="2" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="I517" s="2" t="s">
-        <v>182</v>
+        <v>37</v>
       </c>
       <c r="J517" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K517" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="518" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="518" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A518" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C518" s="2" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="D518" s="2" t="s">
-        <v>161</v>
+        <v>280</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="G518" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H518" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I518" s="2" t="s">
-        <v>162</v>
+        <v>281</v>
       </c>
       <c r="J518" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K518" s="2" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="519" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="519" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A519" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C519" s="2" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="D519" s="2" t="s">
-        <v>33</v>
+        <v>114</v>
       </c>
       <c r="E519" s="2" t="s">
         <v>438</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>413</v>
+        <v>440</v>
       </c>
       <c r="G519" s="2" t="s">
-        <v>27</v>
+        <v>437</v>
       </c>
       <c r="H519" s="2" t="s">
-        <v>439</v>
+        <v>59</v>
       </c>
       <c r="I519" s="2" t="s">
-        <v>37</v>
+        <v>118</v>
       </c>
       <c r="J519" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K519" s="2" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="520" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="520" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A520" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C520" s="2" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="D520" s="2" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="E520" s="2" t="s">
         <v>438</v>
       </c>
       <c r="F520" s="2" t="s">
         <v>440</v>
       </c>
       <c r="G520" s="2" t="s">
-        <v>27</v>
+        <v>437</v>
       </c>
       <c r="H520" s="2" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="I520" s="2" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="J520" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K520" s="2" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="521" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="521" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A521" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B521" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C521" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D521" s="2" t="s">
-        <v>280</v>
+        <v>120</v>
       </c>
       <c r="E521" s="2" t="s">
         <v>438</v>
       </c>
       <c r="F521" s="2" t="s">
         <v>440</v>
       </c>
       <c r="G521" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H521" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I521" s="2" t="s">
-        <v>281</v>
+        <v>121</v>
       </c>
       <c r="J521" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K521" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="522" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="522" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A522" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B522" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C522" s="2" t="s">
-        <v>45</v>
+        <v>157</v>
       </c>
       <c r="D522" s="2" t="s">
-        <v>114</v>
+        <v>192</v>
       </c>
       <c r="E522" s="2" t="s">
         <v>438</v>
       </c>
       <c r="F522" s="2" t="s">
         <v>440</v>
       </c>
       <c r="G522" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H522" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I522" s="2" t="s">
-        <v>118</v>
+        <v>193</v>
       </c>
       <c r="J522" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K522" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="523" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="523" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A523" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B523" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C523" s="2" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="D523" s="2" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="E523" s="2" t="s">
         <v>438</v>
       </c>
       <c r="F523" s="2" t="s">
         <v>440</v>
       </c>
       <c r="G523" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H523" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I523" s="2" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="J523" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K523" s="2" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="524" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="524" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A524" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B524" s="2" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="C524" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D524" s="2" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="E524" s="2" t="s">
         <v>438</v>
       </c>
       <c r="F524" s="2" t="s">
         <v>440</v>
       </c>
       <c r="G524" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H524" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I524" s="2" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="J524" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K524" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="525" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="525" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A525" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B525" s="2" t="s">
-        <v>156</v>
+        <v>93</v>
       </c>
       <c r="C525" s="2" t="s">
-        <v>157</v>
+        <v>68</v>
       </c>
       <c r="D525" s="2" t="s">
-        <v>192</v>
+        <v>69</v>
       </c>
       <c r="E525" s="2" t="s">
         <v>438</v>
       </c>
       <c r="F525" s="2" t="s">
         <v>440</v>
       </c>
       <c r="G525" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H525" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I525" s="2" t="s">
-        <v>193</v>
+        <v>441</v>
       </c>
       <c r="J525" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K525" s="2" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="526" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="526" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A526" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B526" s="2" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="C526" s="2" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="D526" s="2" t="s">
-        <v>90</v>
+        <v>53</v>
       </c>
       <c r="E526" s="2" t="s">
         <v>438</v>
       </c>
       <c r="F526" s="2" t="s">
         <v>440</v>
       </c>
       <c r="G526" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H526" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I526" s="2" t="s">
-        <v>91</v>
+        <v>54</v>
       </c>
       <c r="J526" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K526" s="2" t="s">
-        <v>92</v>
+        <v>55</v>
       </c>
     </row>
     <row r="527" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A527" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B527" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C527" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D527" s="2" t="s">
-        <v>108</v>
+        <v>181</v>
       </c>
       <c r="E527" s="2" t="s">
         <v>438</v>
       </c>
       <c r="F527" s="2" t="s">
         <v>440</v>
       </c>
       <c r="G527" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H527" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I527" s="2" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="J527" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K527" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="528" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="528" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A528" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B528" s="2" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="C528" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D528" s="2" t="s">
-        <v>69</v>
+        <v>373</v>
       </c>
       <c r="E528" s="2" t="s">
         <v>438</v>
       </c>
       <c r="F528" s="2" t="s">
         <v>440</v>
       </c>
       <c r="G528" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H528" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I528" s="2" t="s">
-        <v>441</v>
+        <v>374</v>
       </c>
       <c r="J528" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K528" s="2" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-    <row r="529" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="529" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A529" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B529" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C529" s="2" t="s">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="D529" s="2" t="s">
-        <v>53</v>
+        <v>127</v>
       </c>
       <c r="E529" s="2" t="s">
         <v>438</v>
       </c>
       <c r="F529" s="2" t="s">
         <v>440</v>
       </c>
       <c r="G529" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H529" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I529" s="2" t="s">
-        <v>54</v>
+        <v>128</v>
       </c>
       <c r="J529" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K529" s="2" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="530" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="530" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A530" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C530" s="2" t="s">
-        <v>180</v>
+        <v>64</v>
       </c>
       <c r="D530" s="2" t="s">
-        <v>181</v>
+        <v>161</v>
       </c>
       <c r="E530" s="2" t="s">
         <v>438</v>
       </c>
       <c r="F530" s="2" t="s">
         <v>440</v>
       </c>
       <c r="G530" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H530" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I530" s="2" t="s">
-        <v>182</v>
+        <v>162</v>
       </c>
       <c r="J530" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K530" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="531" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="531" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A531" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B531" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C531" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D531" s="2" t="s">
-        <v>373</v>
+        <v>90</v>
       </c>
       <c r="E531" s="2" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="H531" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I531" s="2" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="J531" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K531" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="532" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="532" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A532" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B532" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C532" s="2" t="s">
-        <v>126</v>
+        <v>45</v>
       </c>
       <c r="D532" s="2" t="s">
-        <v>127</v>
+        <v>46</v>
       </c>
       <c r="E532" s="2" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="G532" s="2" t="s">
-        <v>437</v>
+        <v>368</v>
       </c>
       <c r="H532" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I532" s="2" t="s">
-        <v>128</v>
+        <v>47</v>
       </c>
       <c r="J532" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K532" s="2" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="533" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="533" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A533" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B533" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C533" s="2" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="D533" s="2" t="s">
-        <v>161</v>
+        <v>108</v>
       </c>
       <c r="E533" s="2" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="G533" s="2" t="s">
-        <v>437</v>
+        <v>368</v>
       </c>
       <c r="H533" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I533" s="2" t="s">
-        <v>162</v>
+        <v>109</v>
       </c>
       <c r="J533" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K533" s="2" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="534" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="534" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A534" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B534" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C534" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D534" s="2" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="E534" s="2" t="s">
         <v>443</v>
       </c>
       <c r="F534" s="2" t="s">
         <v>444</v>
       </c>
+      <c r="G534" s="2" t="s">
+        <v>368</v>
+      </c>
       <c r="H534" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I534" s="2" t="s">
-        <v>377</v>
+        <v>200</v>
       </c>
       <c r="J534" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K534" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="535" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="535" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A535" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B535" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C535" s="2" t="s">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="D535" s="2" t="s">
-        <v>46</v>
+        <v>181</v>
       </c>
       <c r="E535" s="2" t="s">
         <v>443</v>
       </c>
       <c r="F535" s="2" t="s">
         <v>444</v>
       </c>
       <c r="G535" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H535" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I535" s="2" t="s">
-        <v>47</v>
+        <v>182</v>
       </c>
       <c r="J535" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K535" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="536" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="536" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A536" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B536" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C536" s="2" t="s">
-        <v>83</v>
+        <v>32</v>
       </c>
       <c r="D536" s="2" t="s">
-        <v>108</v>
+        <v>33</v>
       </c>
       <c r="E536" s="2" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="G536" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H536" s="2" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="I536" s="2" t="s">
-        <v>109</v>
+        <v>37</v>
       </c>
       <c r="J536" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K536" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="537" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="537" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A537" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B537" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C537" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D537" s="2" t="s">
-        <v>69</v>
+        <v>114</v>
       </c>
       <c r="E537" s="2" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="G537" s="2" t="s">
-        <v>368</v>
+        <v>437</v>
       </c>
       <c r="H537" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I537" s="2" t="s">
-        <v>200</v>
+        <v>118</v>
       </c>
       <c r="J537" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K537" s="2" t="s">
-        <v>201</v>
+        <v>119</v>
       </c>
     </row>
     <row r="538" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A538" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C538" s="2" t="s">
-        <v>180</v>
+        <v>64</v>
       </c>
       <c r="D538" s="2" t="s">
-        <v>181</v>
+        <v>75</v>
       </c>
       <c r="E538" s="2" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="G538" s="2" t="s">
-        <v>368</v>
+        <v>437</v>
       </c>
       <c r="H538" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I538" s="2" t="s">
-        <v>182</v>
+        <v>76</v>
       </c>
       <c r="J538" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K538" s="2" t="s">
-        <v>183</v>
+        <v>77</v>
       </c>
     </row>
     <row r="539" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A539" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B539" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C539" s="2" t="s">
-        <v>32</v>
+        <v>68</v>
       </c>
       <c r="D539" s="2" t="s">
-        <v>33</v>
+        <v>120</v>
       </c>
       <c r="E539" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F539" s="2" t="s">
         <v>446</v>
       </c>
       <c r="G539" s="2" t="s">
-        <v>27</v>
+        <v>437</v>
       </c>
       <c r="H539" s="2" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="I539" s="2" t="s">
-        <v>37</v>
+        <v>121</v>
       </c>
       <c r="J539" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K539" s="2" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="540" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="540" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A540" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B540" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C540" s="2" t="s">
-        <v>45</v>
+        <v>157</v>
       </c>
       <c r="D540" s="2" t="s">
-        <v>114</v>
+        <v>192</v>
       </c>
       <c r="E540" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F540" s="2" t="s">
         <v>446</v>
       </c>
       <c r="G540" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H540" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I540" s="2" t="s">
-        <v>118</v>
+        <v>193</v>
       </c>
       <c r="J540" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K540" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="541" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="541" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A541" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B541" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C541" s="2" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="D541" s="2" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="E541" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F541" s="2" t="s">
         <v>446</v>
       </c>
       <c r="G541" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H541" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I541" s="2" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="J541" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K541" s="2" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="542" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="542" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A542" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B542" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C542" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D542" s="2" t="s">
-        <v>120</v>
+        <v>69</v>
       </c>
       <c r="E542" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F542" s="2" t="s">
         <v>446</v>
       </c>
       <c r="G542" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H542" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I542" s="2" t="s">
-        <v>121</v>
+        <v>441</v>
       </c>
       <c r="J542" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K542" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="543" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="543" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A543" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B543" s="2" t="s">
-        <v>156</v>
+        <v>52</v>
       </c>
       <c r="C543" s="2" t="s">
-        <v>157</v>
+        <v>23</v>
       </c>
       <c r="D543" s="2" t="s">
-        <v>192</v>
+        <v>53</v>
       </c>
       <c r="E543" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F543" s="2" t="s">
         <v>446</v>
       </c>
       <c r="G543" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H543" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I543" s="2" t="s">
-        <v>193</v>
+        <v>54</v>
       </c>
       <c r="J543" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K543" s="2" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="544" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="544" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A544" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B544" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C544" s="2" t="s">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="D544" s="2" t="s">
-        <v>90</v>
+        <v>181</v>
       </c>
       <c r="E544" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F544" s="2" t="s">
         <v>446</v>
       </c>
       <c r="G544" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H544" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I544" s="2" t="s">
-        <v>91</v>
+        <v>182</v>
       </c>
       <c r="J544" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K544" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="545" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="545" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A545" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B545" s="2" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="C545" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D545" s="2" t="s">
-        <v>69</v>
+        <v>373</v>
       </c>
       <c r="E545" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F545" s="2" t="s">
         <v>446</v>
       </c>
       <c r="G545" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H545" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I545" s="2" t="s">
-        <v>441</v>
+        <v>374</v>
       </c>
       <c r="J545" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K545" s="2" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-    <row r="546" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="546" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A546" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B546" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C546" s="2" t="s">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="D546" s="2" t="s">
-        <v>53</v>
+        <v>127</v>
       </c>
       <c r="E546" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F546" s="2" t="s">
         <v>446</v>
       </c>
       <c r="G546" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H546" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I546" s="2" t="s">
-        <v>54</v>
+        <v>128</v>
       </c>
       <c r="J546" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K546" s="2" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="547" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="547" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A547" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C547" s="2" t="s">
-        <v>180</v>
+        <v>64</v>
       </c>
       <c r="D547" s="2" t="s">
-        <v>181</v>
+        <v>161</v>
       </c>
       <c r="E547" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F547" s="2" t="s">
         <v>446</v>
       </c>
       <c r="G547" s="2" t="s">
         <v>437</v>
       </c>
       <c r="H547" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I547" s="2" t="s">
-        <v>182</v>
+        <v>162</v>
       </c>
       <c r="J547" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K547" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="548" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="548" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A548" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B548" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C548" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D548" s="2" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="E548" s="2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="G548" s="2" t="s">
-        <v>437</v>
+        <v>27</v>
       </c>
       <c r="H548" s="2" t="s">
-        <v>59</v>
+        <v>439</v>
       </c>
       <c r="I548" s="2" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="J548" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K548" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="549" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="549" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A549" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C549" s="2" t="s">
-        <v>126</v>
+        <v>45</v>
       </c>
       <c r="D549" s="2" t="s">
-        <v>127</v>
+        <v>114</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="G549" s="2" t="s">
-        <v>437</v>
+        <v>401</v>
       </c>
       <c r="H549" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I549" s="2" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="J549" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K549" s="2" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
     </row>
     <row r="550" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A550" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B550" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C550" s="2" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="D550" s="2" t="s">
-        <v>161</v>
+        <v>120</v>
       </c>
       <c r="E550" s="2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="G550" s="2" t="s">
-        <v>437</v>
+        <v>401</v>
       </c>
       <c r="H550" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I550" s="2" t="s">
-        <v>162</v>
+        <v>121</v>
       </c>
       <c r="J550" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K550" s="2" t="s">
-        <v>163</v>
+        <v>122</v>
       </c>
     </row>
     <row r="551" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A551" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B551" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C551" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D551" s="2" t="s">
-        <v>376</v>
+        <v>90</v>
       </c>
       <c r="E551" s="2" t="s">
         <v>447</v>
       </c>
       <c r="F551" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G551" s="2" t="s">
-        <v>27</v>
+        <v>401</v>
       </c>
       <c r="H551" s="2" t="s">
-        <v>439</v>
+        <v>59</v>
       </c>
       <c r="I551" s="2" t="s">
-        <v>377</v>
+        <v>91</v>
       </c>
       <c r="J551" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K551" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="552" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="552" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A552" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B552" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C552" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D552" s="2" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="E552" s="2" t="s">
         <v>447</v>
       </c>
       <c r="F552" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G552" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H552" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I552" s="2" t="s">
-        <v>118</v>
+        <v>95</v>
       </c>
       <c r="J552" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K552" s="2" t="s">
-        <v>119</v>
+        <v>96</v>
       </c>
     </row>
     <row r="553" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A553" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B553" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C553" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D553" s="2" t="s">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="E553" s="2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="G553" s="2" t="s">
-        <v>401</v>
+        <v>27</v>
       </c>
       <c r="H553" s="2" t="s">
-        <v>59</v>
+        <v>439</v>
       </c>
       <c r="I553" s="2" t="s">
-        <v>121</v>
+        <v>420</v>
       </c>
       <c r="J553" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K553" s="2" t="s">
-        <v>122</v>
+        <v>421</v>
       </c>
     </row>
     <row r="554" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A554" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B554" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C554" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D554" s="2" t="s">
-        <v>90</v>
+        <v>150</v>
       </c>
       <c r="E554" s="2" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>448</v>
+        <v>57</v>
       </c>
       <c r="G554" s="2" t="s">
-        <v>401</v>
+        <v>27</v>
       </c>
       <c r="H554" s="2" t="s">
-        <v>59</v>
+        <v>439</v>
       </c>
       <c r="I554" s="2" t="s">
-        <v>91</v>
+        <v>420</v>
       </c>
       <c r="J554" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K554" s="2" t="s">
-        <v>92</v>
+        <v>421</v>
       </c>
     </row>
     <row r="555" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A555" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B555" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C555" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D555" s="2" t="s">
-        <v>94</v>
+        <v>376</v>
       </c>
       <c r="E555" s="2" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>448</v>
+        <v>380</v>
       </c>
       <c r="G555" s="2" t="s">
-        <v>401</v>
+        <v>27</v>
       </c>
       <c r="H555" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="I555" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="J555" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="K555" s="2" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="556" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+      <c r="A556" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C556" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D556" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="E556" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="F556" s="2" t="s">
+        <v>380</v>
+      </c>
+      <c r="G556" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="H556" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="I555" s="2" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="I556" s="2" t="s">
-        <v>420</v>
+        <v>281</v>
       </c>
       <c r="J556" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K556" s="2" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-    <row r="557" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="557" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A557" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C557" s="2" t="s">
-        <v>68</v>
+        <v>130</v>
       </c>
       <c r="D557" s="2" t="s">
-        <v>150</v>
+        <v>177</v>
       </c>
       <c r="E557" s="2" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>57</v>
+        <v>380</v>
       </c>
       <c r="G557" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H557" s="2" t="s">
-        <v>439</v>
+        <v>59</v>
       </c>
       <c r="I557" s="2" t="s">
-        <v>420</v>
+        <v>178</v>
       </c>
       <c r="J557" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K557" s="2" t="s">
-        <v>421</v>
+        <v>179</v>
       </c>
     </row>
     <row r="558" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A558" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B558" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C558" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D558" s="2" t="s">
-        <v>376</v>
+        <v>90</v>
       </c>
       <c r="E558" s="2" t="s">
         <v>452</v>
       </c>
       <c r="F558" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G558" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H558" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I558" s="2" t="s">
-        <v>377</v>
+        <v>91</v>
       </c>
       <c r="J558" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K558" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="559" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="559" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A559" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B559" s="2" t="s">
+        <v>107</v>
       </c>
       <c r="C559" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D559" s="2" t="s">
-        <v>280</v>
+        <v>108</v>
       </c>
       <c r="E559" s="2" t="s">
         <v>452</v>
       </c>
       <c r="F559" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G559" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H559" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I559" s="2" t="s">
-        <v>281</v>
+        <v>109</v>
       </c>
       <c r="J559" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K559" s="2" t="s">
-        <v>282</v>
+        <v>110</v>
       </c>
     </row>
     <row r="560" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A560" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C560" s="2" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="D560" s="2" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="E560" s="2" t="s">
         <v>452</v>
       </c>
       <c r="F560" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G560" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H560" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I560" s="2" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="J560" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K560" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="561" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="561" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A561" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B561" s="2" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
       <c r="C561" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D561" s="2" t="s">
-        <v>90</v>
+        <v>373</v>
       </c>
       <c r="E561" s="2" t="s">
         <v>452</v>
       </c>
       <c r="F561" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G561" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H561" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I561" s="2" t="s">
-        <v>91</v>
+        <v>374</v>
       </c>
       <c r="J561" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K561" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="562" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="562" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A562" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B562" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C562" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D562" s="2" t="s">
-        <v>108</v>
+        <v>150</v>
       </c>
       <c r="E562" s="2" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>380</v>
+        <v>57</v>
       </c>
       <c r="G562" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H562" s="2" t="s">
-        <v>59</v>
+        <v>439</v>
       </c>
       <c r="I562" s="2" t="s">
-        <v>109</v>
+        <v>420</v>
       </c>
       <c r="J562" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K562" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="563" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="563" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A563" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C563" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D563" s="2" t="s">
-        <v>181</v>
+        <v>376</v>
       </c>
       <c r="E563" s="2" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>455</v>
       </c>
       <c r="H563" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I563" s="2" t="s">
-        <v>182</v>
+        <v>377</v>
       </c>
       <c r="J563" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K563" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="564" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="564" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A564" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C564" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D564" s="2" t="s">
-        <v>373</v>
+        <v>280</v>
       </c>
       <c r="E564" s="2" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>380</v>
+        <v>455</v>
       </c>
       <c r="G564" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H564" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I564" s="2" t="s">
-        <v>374</v>
+        <v>281</v>
       </c>
       <c r="J564" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K564" s="2" t="s">
-        <v>375</v>
+        <v>282</v>
       </c>
     </row>
     <row r="565" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A565" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B565" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C565" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D565" s="2" t="s">
-        <v>150</v>
+        <v>90</v>
       </c>
       <c r="E565" s="2" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>57</v>
+        <v>455</v>
       </c>
       <c r="G565" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H565" s="2" t="s">
-        <v>439</v>
+        <v>59</v>
       </c>
       <c r="I565" s="2" t="s">
-        <v>420</v>
+        <v>91</v>
       </c>
       <c r="J565" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K565" s="2" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-    <row r="566" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="566" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A566" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B566" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C566" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D566" s="2" t="s">
-        <v>376</v>
+        <v>108</v>
       </c>
       <c r="E566" s="2" t="s">
         <v>454</v>
       </c>
       <c r="F566" s="2" t="s">
         <v>455</v>
       </c>
+      <c r="G566" s="2" t="s">
+        <v>368</v>
+      </c>
       <c r="H566" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I566" s="2" t="s">
-        <v>377</v>
+        <v>109</v>
       </c>
       <c r="J566" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K566" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="567" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="567" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A567" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B567" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C567" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D567" s="2" t="s">
-        <v>280</v>
+        <v>69</v>
       </c>
       <c r="E567" s="2" t="s">
         <v>454</v>
       </c>
       <c r="F567" s="2" t="s">
         <v>455</v>
       </c>
       <c r="G567" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H567" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I567" s="2" t="s">
-        <v>281</v>
+        <v>200</v>
       </c>
       <c r="J567" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K567" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="568" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="568" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A568" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B568" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C568" s="2" t="s">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="D568" s="2" t="s">
-        <v>90</v>
+        <v>181</v>
       </c>
       <c r="E568" s="2" t="s">
         <v>454</v>
       </c>
       <c r="F568" s="2" t="s">
         <v>455</v>
       </c>
       <c r="G568" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H568" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I568" s="2" t="s">
-        <v>91</v>
+        <v>182</v>
       </c>
       <c r="J568" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K568" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="569" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="569" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A569" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B569" s="2" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="C569" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D569" s="2" t="s">
-        <v>108</v>
+        <v>373</v>
       </c>
       <c r="E569" s="2" t="s">
         <v>454</v>
       </c>
       <c r="F569" s="2" t="s">
         <v>455</v>
       </c>
       <c r="G569" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H569" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I569" s="2" t="s">
-        <v>109</v>
+        <v>374</v>
       </c>
       <c r="J569" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K569" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="570" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="570" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A570" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B570" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C570" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D570" s="2" t="s">
-        <v>69</v>
+        <v>376</v>
       </c>
       <c r="E570" s="2" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>455</v>
+        <v>402</v>
       </c>
       <c r="G570" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H570" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I570" s="2" t="s">
-        <v>200</v>
+        <v>377</v>
       </c>
       <c r="J570" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K570" s="2" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="571" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="571" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A571" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C571" s="2" t="s">
-        <v>180</v>
+        <v>83</v>
       </c>
       <c r="D571" s="2" t="s">
-        <v>181</v>
+        <v>280</v>
       </c>
       <c r="E571" s="2" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>455</v>
+        <v>402</v>
       </c>
       <c r="G571" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H571" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I571" s="2" t="s">
-        <v>182</v>
+        <v>281</v>
       </c>
       <c r="J571" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K571" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="572" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="572" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A572" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B572" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C572" s="2" t="s">
-        <v>83</v>
+        <v>130</v>
       </c>
       <c r="D572" s="2" t="s">
-        <v>373</v>
+        <v>177</v>
       </c>
       <c r="E572" s="2" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>455</v>
+        <v>402</v>
       </c>
       <c r="G572" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H572" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I572" s="2" t="s">
-        <v>374</v>
+        <v>178</v>
       </c>
       <c r="J572" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K572" s="2" t="s">
-        <v>375</v>
+        <v>179</v>
       </c>
     </row>
     <row r="573" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A573" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B573" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C573" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D573" s="2" t="s">
-        <v>376</v>
+        <v>90</v>
       </c>
       <c r="E573" s="2" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="F573" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G573" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H573" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I573" s="2" t="s">
-        <v>377</v>
+        <v>91</v>
       </c>
       <c r="J573" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K573" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="574" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="574" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A574" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B574" s="2" t="s">
+        <v>107</v>
       </c>
       <c r="C574" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D574" s="2" t="s">
-        <v>280</v>
+        <v>108</v>
       </c>
       <c r="E574" s="2" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="F574" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G574" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H574" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I574" s="2" t="s">
-        <v>281</v>
+        <v>109</v>
       </c>
       <c r="J574" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K574" s="2" t="s">
-        <v>282</v>
+        <v>110</v>
       </c>
     </row>
     <row r="575" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A575" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B575" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C575" s="2" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="D575" s="2" t="s">
-        <v>177</v>
+        <v>69</v>
       </c>
       <c r="E575" s="2" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="F575" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G575" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H575" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I575" s="2" t="s">
-        <v>178</v>
+        <v>200</v>
       </c>
       <c r="J575" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K575" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="576" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="576" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A576" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B576" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C576" s="2" t="s">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="D576" s="2" t="s">
-        <v>90</v>
+        <v>181</v>
       </c>
       <c r="E576" s="2" t="s">
         <v>457</v>
       </c>
       <c r="F576" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G576" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H576" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I576" s="2" t="s">
-        <v>91</v>
+        <v>182</v>
       </c>
       <c r="J576" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K576" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="577" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="577" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A577" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B577" s="2" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="C577" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D577" s="2" t="s">
-        <v>108</v>
+        <v>373</v>
       </c>
       <c r="E577" s="2" t="s">
         <v>457</v>
       </c>
       <c r="F577" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G577" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H577" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I577" s="2" t="s">
-        <v>109</v>
+        <v>374</v>
       </c>
       <c r="J577" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K577" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="578" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="578" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A578" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B578" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C578" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D578" s="2" t="s">
-        <v>69</v>
+        <v>376</v>
       </c>
       <c r="E578" s="2" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>402</v>
+        <v>459</v>
       </c>
       <c r="G578" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H578" s="2" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="I578" s="2" t="s">
-        <v>200</v>
+        <v>377</v>
       </c>
       <c r="J578" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K578" s="2" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="579" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="579" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A579" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C579" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D579" s="2" t="s">
-        <v>181</v>
+        <v>114</v>
       </c>
       <c r="E579" s="2" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>402</v>
+        <v>459</v>
       </c>
       <c r="G579" s="2" t="s">
-        <v>368</v>
+        <v>460</v>
       </c>
       <c r="H579" s="2" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="I579" s="2" t="s">
-        <v>182</v>
+        <v>118</v>
       </c>
       <c r="J579" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K579" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="580" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="580" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A580" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B580" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C580" s="2" t="s">
-        <v>83</v>
+        <v>23</v>
       </c>
       <c r="D580" s="2" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="E580" s="2" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>402</v>
+        <v>459</v>
       </c>
       <c r="G580" s="2" t="s">
-        <v>368</v>
+        <v>460</v>
       </c>
       <c r="H580" s="2" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="I580" s="2" t="s">
-        <v>374</v>
+        <v>461</v>
       </c>
       <c r="J580" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K580" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="581" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="581" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A581" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B581" s="2" t="s">
+        <v>52</v>
+      </c>
       <c r="C581" s="2" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="D581" s="2" t="s">
-        <v>376</v>
+        <v>53</v>
       </c>
       <c r="E581" s="2" t="s">
         <v>458</v>
       </c>
       <c r="F581" s="2" t="s">
         <v>459</v>
       </c>
       <c r="G581" s="2" t="s">
+        <v>460</v>
+      </c>
+      <c r="H581" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="I581" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="J581" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="K581" s="2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="582" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+      <c r="A582" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C582" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="D582" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="E582" s="2" t="s">
+        <v>463</v>
+      </c>
+      <c r="F582" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="G582" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="H581" s="2" t="s">
+      <c r="H582" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I581" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J581" s="2" t="s">
+      <c r="I582" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="J582" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="K581" s="2" t="s">
-[...7 lines deleted...]
-      <c r="C582" s="2" t="s">
+      <c r="K582" s="2" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="583" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+      <c r="A583" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C583" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D582" s="2" t="s">
+      <c r="D583" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="E582" s="2" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="E583" s="2" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="F583" s="2" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="G583" s="2" t="s">
-        <v>460</v>
+        <v>427</v>
       </c>
       <c r="H583" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I583" s="2" t="s">
-        <v>461</v>
+        <v>118</v>
       </c>
       <c r="J583" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K583" s="2" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-    <row r="584" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="584" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A584" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B584" s="2" t="s">
-        <v>52</v>
+        <v>107</v>
       </c>
       <c r="C584" s="2" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="D584" s="2" t="s">
-        <v>53</v>
+        <v>108</v>
       </c>
       <c r="E584" s="2" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="F584" s="2" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="G584" s="2" t="s">
-        <v>460</v>
+        <v>427</v>
       </c>
       <c r="H584" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I584" s="2" t="s">
-        <v>54</v>
+        <v>109</v>
       </c>
       <c r="J584" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K584" s="2" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="585" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="585" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A585" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B585" s="2" t="s">
+        <v>93</v>
       </c>
       <c r="C585" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D585" s="2" t="s">
-        <v>150</v>
+        <v>94</v>
       </c>
       <c r="E585" s="2" t="s">
         <v>463</v>
       </c>
       <c r="F585" s="2" t="s">
         <v>464</v>
       </c>
       <c r="G585" s="2" t="s">
+        <v>427</v>
+      </c>
+      <c r="H585" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="I585" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="J585" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="K585" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="586" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+      <c r="C586" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D586" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="E586" s="2" t="s">
+        <v>465</v>
+      </c>
+      <c r="F586" s="2" t="s">
+        <v>466</v>
+      </c>
+      <c r="G586" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="H585" s="2" t="s">
+      <c r="H586" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="I586" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="J586" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="K586" s="2" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="587" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+      <c r="A587" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C587" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D587" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E587" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F587" s="2" t="s">
+        <v>467</v>
+      </c>
+      <c r="G587" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H587" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I585" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J585" s="2" t="s">
+      <c r="I587" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J587" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="K585" s="2" t="s">
-[...65 lines deleted...]
-      </c>
       <c r="K587" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="588" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="588" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A588" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B588" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C588" s="2" t="s">
-        <v>68</v>
+        <v>219</v>
       </c>
       <c r="D588" s="2" t="s">
-        <v>94</v>
+        <v>219</v>
       </c>
       <c r="E588" s="2" t="s">
-        <v>463</v>
+        <v>34</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="G588" s="2" t="s">
-        <v>427</v>
+        <v>368</v>
       </c>
       <c r="H588" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I588" s="2" t="s">
-        <v>95</v>
+        <v>220</v>
       </c>
       <c r="J588" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K588" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="589" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="589" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+      <c r="A589" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B589" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C589" s="2" t="s">
-        <v>103</v>
+        <v>45</v>
       </c>
       <c r="D589" s="2" t="s">
-        <v>104</v>
+        <v>46</v>
       </c>
       <c r="E589" s="2" t="s">
-        <v>465</v>
+        <v>34</v>
       </c>
       <c r="F589" s="2" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="G589" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H589" s="2" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="I589" s="2" t="s">
-        <v>386</v>
+        <v>47</v>
       </c>
       <c r="J589" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K589" s="2" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-    <row r="590" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="590" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A590" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B590" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C590" s="2" t="s">
-        <v>32</v>
+        <v>68</v>
       </c>
       <c r="D590" s="2" t="s">
-        <v>33</v>
+        <v>69</v>
       </c>
       <c r="E590" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F590" s="2" t="s">
         <v>467</v>
       </c>
       <c r="G590" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H590" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I590" s="2" t="s">
-        <v>37</v>
+        <v>200</v>
       </c>
       <c r="J590" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K590" s="2" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="591" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="591" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A591" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B591" s="2" t="s">
+        <v>52</v>
+      </c>
       <c r="C591" s="2" t="s">
-        <v>219</v>
+        <v>23</v>
       </c>
       <c r="D591" s="2" t="s">
-        <v>219</v>
+        <v>53</v>
       </c>
       <c r="E591" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F591" s="2" t="s">
         <v>467</v>
       </c>
       <c r="G591" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H591" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I591" s="2" t="s">
-        <v>220</v>
+        <v>54</v>
       </c>
       <c r="J591" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K591" s="2" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="592" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="592" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A592" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B592" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C592" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D592" s="2" t="s">
-        <v>46</v>
+        <v>150</v>
       </c>
       <c r="E592" s="2" t="s">
-        <v>34</v>
+        <v>468</v>
       </c>
       <c r="F592" s="2" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="G592" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H592" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I592" s="2" t="s">
-        <v>47</v>
+        <v>369</v>
       </c>
       <c r="J592" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K592" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="593" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="593" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A593" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B593" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C593" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D593" s="2" t="s">
-        <v>69</v>
+        <v>280</v>
       </c>
       <c r="E593" s="2" t="s">
-        <v>34</v>
+        <v>468</v>
       </c>
       <c r="F593" s="2" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="G593" s="2" t="s">
-        <v>368</v>
+        <v>427</v>
       </c>
       <c r="H593" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I593" s="2" t="s">
-        <v>200</v>
+        <v>281</v>
       </c>
       <c r="J593" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K593" s="2" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="594" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="594" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A594" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B594" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C594" s="2" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="D594" s="2" t="s">
-        <v>53</v>
+        <v>114</v>
       </c>
       <c r="E594" s="2" t="s">
-        <v>34</v>
+        <v>468</v>
       </c>
       <c r="F594" s="2" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="G594" s="2" t="s">
-        <v>368</v>
+        <v>427</v>
       </c>
       <c r="H594" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I594" s="2" t="s">
-        <v>54</v>
+        <v>118</v>
       </c>
       <c r="J594" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K594" s="2" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="595" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="595" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A595" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B595" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C595" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D595" s="2" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="E595" s="2" t="s">
         <v>468</v>
       </c>
       <c r="F595" s="2" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="G595" s="2" t="s">
-        <v>27</v>
+        <v>427</v>
       </c>
       <c r="H595" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I595" s="2" t="s">
-        <v>369</v>
+        <v>47</v>
       </c>
       <c r="J595" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K595" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="596" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="596" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A596" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B596" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C596" s="2" t="s">
-        <v>83</v>
+        <v>157</v>
       </c>
       <c r="D596" s="2" t="s">
-        <v>280</v>
+        <v>321</v>
       </c>
       <c r="E596" s="2" t="s">
         <v>468</v>
       </c>
       <c r="F596" s="2" t="s">
         <v>470</v>
       </c>
       <c r="G596" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H596" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I596" s="2" t="s">
-        <v>281</v>
+        <v>322</v>
       </c>
       <c r="J596" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K596" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="597" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="597" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A597" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C597" s="2" t="s">
-        <v>45</v>
+        <v>130</v>
       </c>
       <c r="D597" s="2" t="s">
-        <v>114</v>
+        <v>177</v>
       </c>
       <c r="E597" s="2" t="s">
         <v>468</v>
       </c>
       <c r="F597" s="2" t="s">
         <v>470</v>
       </c>
       <c r="G597" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H597" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I597" s="2" t="s">
-        <v>118</v>
+        <v>178</v>
       </c>
       <c r="J597" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K597" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="598" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="598" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A598" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B598" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C598" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D598" s="2" t="s">
-        <v>46</v>
+        <v>120</v>
       </c>
       <c r="E598" s="2" t="s">
         <v>468</v>
       </c>
       <c r="F598" s="2" t="s">
         <v>470</v>
       </c>
       <c r="G598" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H598" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I598" s="2" t="s">
-        <v>47</v>
+        <v>121</v>
       </c>
       <c r="J598" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K598" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="599" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="599" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A599" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B599" s="2" t="s">
-        <v>156</v>
+        <v>107</v>
       </c>
       <c r="C599" s="2" t="s">
-        <v>157</v>
+        <v>83</v>
       </c>
       <c r="D599" s="2" t="s">
-        <v>321</v>
+        <v>108</v>
       </c>
       <c r="E599" s="2" t="s">
         <v>468</v>
       </c>
       <c r="F599" s="2" t="s">
         <v>470</v>
       </c>
       <c r="G599" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H599" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I599" s="2" t="s">
-        <v>322</v>
+        <v>109</v>
       </c>
       <c r="J599" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K599" s="2" t="s">
-        <v>323</v>
+        <v>110</v>
       </c>
     </row>
     <row r="600" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A600" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C600" s="2" t="s">
-        <v>130</v>
+        <v>64</v>
       </c>
       <c r="D600" s="2" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="E600" s="2" t="s">
         <v>468</v>
       </c>
       <c r="F600" s="2" t="s">
         <v>470</v>
       </c>
       <c r="G600" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H600" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I600" s="2" t="s">
-        <v>178</v>
+        <v>154</v>
       </c>
       <c r="J600" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K600" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="601" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="601" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A601" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B601" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C601" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D601" s="2" t="s">
-        <v>120</v>
+        <v>69</v>
       </c>
       <c r="E601" s="2" t="s">
         <v>468</v>
       </c>
       <c r="F601" s="2" t="s">
         <v>470</v>
       </c>
       <c r="G601" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H601" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I601" s="2" t="s">
-        <v>121</v>
+        <v>200</v>
       </c>
       <c r="J601" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K601" s="2" t="s">
-        <v>122</v>
+        <v>201</v>
       </c>
     </row>
     <row r="602" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A602" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B602" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C602" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D602" s="2" t="s">
-        <v>108</v>
+        <v>181</v>
       </c>
       <c r="E602" s="2" t="s">
         <v>468</v>
       </c>
       <c r="F602" s="2" t="s">
         <v>470</v>
       </c>
       <c r="G602" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H602" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I602" s="2" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="J602" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K602" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="603" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="603" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A603" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B603" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="C603" s="2" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="D603" s="2" t="s">
-        <v>153</v>
+        <v>123</v>
       </c>
       <c r="E603" s="2" t="s">
         <v>468</v>
       </c>
       <c r="F603" s="2" t="s">
         <v>470</v>
       </c>
       <c r="G603" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H603" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I603" s="2" t="s">
-        <v>154</v>
+        <v>124</v>
       </c>
       <c r="J603" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K603" s="2" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="604" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="604" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A604" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B604" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C604" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D604" s="2" t="s">
-        <v>69</v>
+        <v>161</v>
       </c>
       <c r="E604" s="2" t="s">
         <v>468</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="G604" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H604" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I604" s="2" t="s">
-        <v>200</v>
+        <v>162</v>
       </c>
       <c r="J604" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K604" s="2" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="605" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="605" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A605" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C605" s="2" t="s">
-        <v>180</v>
+        <v>32</v>
       </c>
       <c r="D605" s="2" t="s">
-        <v>181</v>
+        <v>33</v>
       </c>
       <c r="E605" s="2" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="F605" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="G605" s="2" t="s">
-        <v>427</v>
+        <v>27</v>
       </c>
       <c r="H605" s="2" t="s">
-        <v>41</v>
+        <v>338</v>
       </c>
       <c r="I605" s="2" t="s">
-        <v>182</v>
+        <v>37</v>
       </c>
       <c r="J605" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K605" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="606" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="606" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A606" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B606" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C606" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D606" s="2" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="E606" s="2" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="F606" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="G606" s="2" t="s">
-        <v>427</v>
+        <v>368</v>
       </c>
       <c r="H606" s="2" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="I606" s="2" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="J606" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K606" s="2" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="607" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="607" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A607" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B607" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C607" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D607" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E607" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F607" s="2" t="s">
+        <v>473</v>
+      </c>
+      <c r="G607" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="H607" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="I607" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="J607" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="K607" s="2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="608" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+      <c r="A608" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C608" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="D607" s="2" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="D608" s="2" t="s">
-        <v>33</v>
+        <v>153</v>
       </c>
       <c r="E608" s="2" t="s">
         <v>472</v>
       </c>
       <c r="F608" s="2" t="s">
         <v>473</v>
       </c>
       <c r="G608" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H608" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I608" s="2" t="s">
-        <v>37</v>
+        <v>154</v>
       </c>
       <c r="J608" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K608" s="2" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="609" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="609" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A609" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B609" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C609" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D609" s="2" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="E609" s="2" t="s">
         <v>472</v>
       </c>
       <c r="F609" s="2" t="s">
         <v>473</v>
       </c>
       <c r="G609" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H609" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I609" s="2" t="s">
-        <v>118</v>
+        <v>95</v>
       </c>
       <c r="J609" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K609" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="610" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="610" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A610" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B610" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C610" s="2" t="s">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="D610" s="2" t="s">
-        <v>46</v>
+        <v>181</v>
       </c>
       <c r="E610" s="2" t="s">
         <v>472</v>
       </c>
       <c r="F610" s="2" t="s">
         <v>473</v>
       </c>
       <c r="G610" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H610" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I610" s="2" t="s">
-        <v>47</v>
+        <v>182</v>
       </c>
       <c r="J610" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K610" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="611" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="611" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A611" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B611" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="C611" s="2" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="D611" s="2" t="s">
-        <v>153</v>
+        <v>123</v>
       </c>
       <c r="E611" s="2" t="s">
         <v>472</v>
       </c>
       <c r="F611" s="2" t="s">
         <v>473</v>
       </c>
       <c r="G611" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H611" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I611" s="2" t="s">
-        <v>154</v>
+        <v>124</v>
       </c>
       <c r="J611" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K611" s="2" t="s">
-        <v>155</v>
+        <v>125</v>
       </c>
     </row>
     <row r="612" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A612" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B612" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C612" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D612" s="2" t="s">
-        <v>94</v>
+        <v>376</v>
       </c>
       <c r="E612" s="2" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F612" s="2" t="s">
-        <v>473</v>
+        <v>372</v>
       </c>
       <c r="G612" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H612" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I612" s="2" t="s">
-        <v>95</v>
+        <v>377</v>
       </c>
       <c r="J612" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K612" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="613" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="613" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A613" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C613" s="2" t="s">
-        <v>180</v>
+        <v>83</v>
       </c>
       <c r="D613" s="2" t="s">
-        <v>181</v>
+        <v>280</v>
       </c>
       <c r="E613" s="2" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F613" s="2" t="s">
-        <v>473</v>
+        <v>372</v>
       </c>
       <c r="G613" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H613" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I613" s="2" t="s">
-        <v>182</v>
+        <v>281</v>
       </c>
       <c r="J613" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K613" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="614" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="614" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A614" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B614" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C614" s="2" t="s">
-        <v>83</v>
+        <v>130</v>
       </c>
       <c r="D614" s="2" t="s">
-        <v>123</v>
+        <v>177</v>
       </c>
       <c r="E614" s="2" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F614" s="2" t="s">
-        <v>473</v>
+        <v>372</v>
       </c>
       <c r="G614" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H614" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I614" s="2" t="s">
-        <v>124</v>
+        <v>178</v>
       </c>
       <c r="J614" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K614" s="2" t="s">
-        <v>125</v>
+        <v>179</v>
       </c>
     </row>
     <row r="615" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A615" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B615" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C615" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D615" s="2" t="s">
-        <v>376</v>
+        <v>90</v>
       </c>
       <c r="E615" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F615" s="2" t="s">
         <v>372</v>
       </c>
       <c r="G615" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H615" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I615" s="2" t="s">
-        <v>377</v>
+        <v>91</v>
       </c>
       <c r="J615" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K615" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="616" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="616" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A616" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B616" s="2" t="s">
+        <v>107</v>
       </c>
       <c r="C616" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D616" s="2" t="s">
-        <v>280</v>
+        <v>108</v>
       </c>
       <c r="E616" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F616" s="2" t="s">
         <v>372</v>
       </c>
       <c r="G616" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H616" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I616" s="2" t="s">
-        <v>281</v>
+        <v>109</v>
       </c>
       <c r="J616" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K616" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="617" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="617" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A617" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B617" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C617" s="2" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="D617" s="2" t="s">
-        <v>177</v>
+        <v>150</v>
       </c>
       <c r="E617" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F617" s="2" t="s">
         <v>372</v>
       </c>
       <c r="G617" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H617" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I617" s="2" t="s">
-        <v>178</v>
+        <v>352</v>
       </c>
       <c r="J617" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K617" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="618" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="618" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A618" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B618" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C618" s="2" t="s">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="D618" s="2" t="s">
-        <v>90</v>
+        <v>181</v>
       </c>
       <c r="E618" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F618" s="2" t="s">
         <v>372</v>
       </c>
       <c r="G618" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H618" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I618" s="2" t="s">
-        <v>91</v>
+        <v>182</v>
       </c>
       <c r="J618" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K618" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="619" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="619" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A619" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B619" s="2" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="C619" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D619" s="2" t="s">
-        <v>108</v>
+        <v>373</v>
       </c>
       <c r="E619" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F619" s="2" t="s">
         <v>372</v>
       </c>
       <c r="G619" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H619" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I619" s="2" t="s">
-        <v>109</v>
+        <v>374</v>
       </c>
       <c r="J619" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K619" s="2" t="s">
-        <v>110</v>
+        <v>375</v>
       </c>
     </row>
     <row r="620" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A620" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B620" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C620" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D620" s="2" t="s">
-        <v>150</v>
+        <v>376</v>
       </c>
       <c r="E620" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F620" s="2" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="G620" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H620" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I620" s="2" t="s">
-        <v>352</v>
+        <v>377</v>
       </c>
       <c r="J620" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K620" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="621" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="621" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A621" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C621" s="2" t="s">
-        <v>180</v>
+        <v>83</v>
       </c>
       <c r="D621" s="2" t="s">
-        <v>181</v>
+        <v>280</v>
       </c>
       <c r="E621" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F621" s="2" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="G621" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H621" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I621" s="2" t="s">
-        <v>182</v>
+        <v>281</v>
       </c>
       <c r="J621" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K621" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="622" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="622" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A622" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B622" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C622" s="2" t="s">
-        <v>83</v>
+        <v>130</v>
       </c>
       <c r="D622" s="2" t="s">
-        <v>373</v>
+        <v>177</v>
       </c>
       <c r="E622" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F622" s="2" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="G622" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H622" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I622" s="2" t="s">
-        <v>374</v>
+        <v>178</v>
       </c>
       <c r="J622" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K622" s="2" t="s">
-        <v>375</v>
+        <v>179</v>
       </c>
     </row>
     <row r="623" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A623" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B623" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C623" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D623" s="2" t="s">
-        <v>376</v>
+        <v>90</v>
       </c>
       <c r="E623" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F623" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G623" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H623" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I623" s="2" t="s">
-        <v>377</v>
+        <v>91</v>
       </c>
       <c r="J623" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K623" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="624" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="624" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A624" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B624" s="2" t="s">
+        <v>107</v>
       </c>
       <c r="C624" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D624" s="2" t="s">
-        <v>280</v>
+        <v>108</v>
       </c>
       <c r="E624" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F624" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G624" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H624" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I624" s="2" t="s">
-        <v>281</v>
+        <v>109</v>
       </c>
       <c r="J624" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K624" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="625" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="625" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A625" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B625" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C625" s="2" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="D625" s="2" t="s">
-        <v>177</v>
+        <v>150</v>
       </c>
       <c r="E625" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F625" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G625" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H625" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I625" s="2" t="s">
-        <v>178</v>
+        <v>352</v>
       </c>
       <c r="J625" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K625" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="626" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="626" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A626" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B626" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C626" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D626" s="2" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="E626" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F626" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G626" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H626" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I626" s="2" t="s">
-        <v>91</v>
+        <v>200</v>
       </c>
       <c r="J626" s="2" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="K626" s="2" t="s">
-        <v>92</v>
+        <v>201</v>
       </c>
     </row>
     <row r="627" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A627" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B627" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C627" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D627" s="2" t="s">
-        <v>108</v>
+        <v>181</v>
       </c>
       <c r="E627" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F627" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G627" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H627" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I627" s="2" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="J627" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K627" s="2" t="s">
-        <v>110</v>
+        <v>183</v>
       </c>
     </row>
     <row r="628" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A628" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B628" s="2" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="C628" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D628" s="2" t="s">
-        <v>150</v>
+        <v>373</v>
       </c>
       <c r="E628" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F628" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G628" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H628" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I628" s="2" t="s">
-        <v>352</v>
+        <v>374</v>
       </c>
       <c r="J628" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K628" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="629" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="629" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A629" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B629" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C629" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D629" s="2" t="s">
-        <v>69</v>
+        <v>161</v>
       </c>
       <c r="E629" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F629" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G629" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H629" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I629" s="2" t="s">
-        <v>200</v>
+        <v>162</v>
       </c>
       <c r="J629" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K629" s="2" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="630" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="630" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A630" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C630" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D630" s="2" t="s">
-        <v>181</v>
+        <v>376</v>
       </c>
       <c r="E630" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F630" s="2" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="G630" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H630" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I630" s="2" t="s">
-        <v>182</v>
+        <v>377</v>
       </c>
       <c r="J630" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K630" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="631" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="631" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A631" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C631" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D631" s="2" t="s">
-        <v>373</v>
+        <v>280</v>
       </c>
       <c r="E631" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F631" s="2" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="G631" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H631" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I631" s="2" t="s">
-        <v>374</v>
+        <v>281</v>
       </c>
       <c r="J631" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K631" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="632" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="632" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A632" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C632" s="2" t="s">
-        <v>64</v>
+        <v>130</v>
       </c>
       <c r="D632" s="2" t="s">
-        <v>161</v>
+        <v>177</v>
       </c>
       <c r="E632" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F632" s="2" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="G632" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H632" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I632" s="2" t="s">
-        <v>162</v>
+        <v>178</v>
       </c>
       <c r="J632" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K632" s="2" t="s">
-        <v>163</v>
+        <v>179</v>
       </c>
     </row>
     <row r="633" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A633" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B633" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C633" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D633" s="2" t="s">
-        <v>376</v>
+        <v>90</v>
       </c>
       <c r="E633" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F633" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G633" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H633" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I633" s="2" t="s">
-        <v>377</v>
+        <v>91</v>
       </c>
       <c r="J633" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K633" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="634" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="634" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A634" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B634" s="2" t="s">
+        <v>107</v>
       </c>
       <c r="C634" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D634" s="2" t="s">
-        <v>280</v>
+        <v>108</v>
       </c>
       <c r="E634" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F634" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G634" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H634" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I634" s="2" t="s">
-        <v>281</v>
+        <v>109</v>
       </c>
       <c r="J634" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K634" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="635" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="635" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A635" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B635" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C635" s="2" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="D635" s="2" t="s">
-        <v>177</v>
+        <v>150</v>
       </c>
       <c r="E635" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F635" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G635" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H635" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I635" s="2" t="s">
-        <v>178</v>
+        <v>352</v>
       </c>
       <c r="J635" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K635" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="636" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="636" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A636" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B636" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C636" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D636" s="2" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="E636" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F636" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G636" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H636" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I636" s="2" t="s">
-        <v>91</v>
+        <v>200</v>
       </c>
       <c r="J636" s="2" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="K636" s="2" t="s">
-        <v>92</v>
+        <v>201</v>
       </c>
     </row>
     <row r="637" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A637" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B637" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C637" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D637" s="2" t="s">
-        <v>108</v>
+        <v>181</v>
       </c>
       <c r="E637" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F637" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G637" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H637" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I637" s="2" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="J637" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K637" s="2" t="s">
-        <v>110</v>
+        <v>183</v>
       </c>
     </row>
     <row r="638" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A638" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B638" s="2" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="C638" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D638" s="2" t="s">
-        <v>150</v>
+        <v>373</v>
       </c>
       <c r="E638" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F638" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G638" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H638" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I638" s="2" t="s">
-        <v>352</v>
+        <v>374</v>
       </c>
       <c r="J638" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K638" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="639" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="639" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A639" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B639" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C639" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D639" s="2" t="s">
-        <v>69</v>
+        <v>161</v>
       </c>
       <c r="E639" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F639" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G639" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H639" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I639" s="2" t="s">
-        <v>200</v>
+        <v>162</v>
       </c>
       <c r="J639" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K639" s="2" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="640" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="640" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A640" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C640" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D640" s="2" t="s">
-        <v>181</v>
+        <v>376</v>
       </c>
       <c r="E640" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F640" s="2" t="s">
-        <v>380</v>
+        <v>402</v>
       </c>
       <c r="G640" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H640" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I640" s="2" t="s">
-        <v>182</v>
+        <v>377</v>
       </c>
       <c r="J640" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K640" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="641" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="641" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A641" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C641" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D641" s="2" t="s">
-        <v>373</v>
+        <v>280</v>
       </c>
       <c r="E641" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F641" s="2" t="s">
-        <v>380</v>
+        <v>402</v>
       </c>
       <c r="G641" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H641" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I641" s="2" t="s">
-        <v>374</v>
+        <v>281</v>
       </c>
       <c r="J641" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K641" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="642" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="642" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A642" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C642" s="2" t="s">
-        <v>64</v>
+        <v>130</v>
       </c>
       <c r="D642" s="2" t="s">
-        <v>161</v>
+        <v>177</v>
       </c>
       <c r="E642" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F642" s="2" t="s">
-        <v>380</v>
+        <v>402</v>
       </c>
       <c r="G642" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H642" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I642" s="2" t="s">
-        <v>162</v>
+        <v>178</v>
       </c>
       <c r="J642" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K642" s="2" t="s">
-        <v>163</v>
+        <v>179</v>
       </c>
     </row>
     <row r="643" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A643" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B643" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C643" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D643" s="2" t="s">
-        <v>376</v>
+        <v>90</v>
       </c>
       <c r="E643" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F643" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G643" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H643" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I643" s="2" t="s">
-        <v>377</v>
+        <v>91</v>
       </c>
       <c r="J643" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K643" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="644" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="644" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A644" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B644" s="2" t="s">
+        <v>107</v>
       </c>
       <c r="C644" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D644" s="2" t="s">
-        <v>280</v>
+        <v>108</v>
       </c>
       <c r="E644" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F644" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G644" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H644" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I644" s="2" t="s">
-        <v>281</v>
+        <v>109</v>
       </c>
       <c r="J644" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K644" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="645" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="645" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A645" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B645" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C645" s="2" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="D645" s="2" t="s">
-        <v>177</v>
+        <v>150</v>
       </c>
       <c r="E645" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F645" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G645" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H645" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I645" s="2" t="s">
-        <v>178</v>
+        <v>352</v>
       </c>
       <c r="J645" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K645" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="646" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="646" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A646" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B646" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C646" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D646" s="2" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="E646" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F646" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G646" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H646" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I646" s="2" t="s">
-        <v>91</v>
+        <v>200</v>
       </c>
       <c r="J646" s="2" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="K646" s="2" t="s">
-        <v>92</v>
+        <v>201</v>
       </c>
     </row>
     <row r="647" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A647" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B647" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C647" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D647" s="2" t="s">
-        <v>108</v>
+        <v>181</v>
       </c>
       <c r="E647" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F647" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G647" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H647" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I647" s="2" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="J647" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K647" s="2" t="s">
-        <v>110</v>
+        <v>183</v>
       </c>
     </row>
     <row r="648" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A648" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B648" s="2" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="C648" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D648" s="2" t="s">
-        <v>150</v>
+        <v>373</v>
       </c>
       <c r="E648" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F648" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G648" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H648" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I648" s="2" t="s">
-        <v>352</v>
+        <v>374</v>
       </c>
       <c r="J648" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K648" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="649" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="649" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A649" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B649" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C649" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D649" s="2" t="s">
-        <v>69</v>
+        <v>161</v>
       </c>
       <c r="E649" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F649" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G649" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H649" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I649" s="2" t="s">
-        <v>200</v>
+        <v>162</v>
       </c>
       <c r="J649" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K649" s="2" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="650" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="650" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A650" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C650" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D650" s="2" t="s">
-        <v>181</v>
+        <v>376</v>
       </c>
       <c r="E650" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>402</v>
+        <v>475</v>
       </c>
       <c r="G650" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H650" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I650" s="2" t="s">
-        <v>182</v>
+        <v>377</v>
       </c>
       <c r="J650" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K650" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="651" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="651" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A651" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C651" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D651" s="2" t="s">
-        <v>373</v>
+        <v>280</v>
       </c>
       <c r="E651" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F651" s="2" t="s">
-        <v>402</v>
+        <v>475</v>
       </c>
       <c r="G651" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H651" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I651" s="2" t="s">
-        <v>374</v>
+        <v>281</v>
       </c>
       <c r="J651" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K651" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="652" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="652" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A652" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C652" s="2" t="s">
-        <v>64</v>
+        <v>130</v>
       </c>
       <c r="D652" s="2" t="s">
-        <v>161</v>
+        <v>177</v>
       </c>
       <c r="E652" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F652" s="2" t="s">
-        <v>402</v>
+        <v>475</v>
       </c>
       <c r="G652" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H652" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I652" s="2" t="s">
-        <v>162</v>
+        <v>178</v>
       </c>
       <c r="J652" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K652" s="2" t="s">
-        <v>163</v>
+        <v>179</v>
       </c>
     </row>
     <row r="653" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A653" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B653" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C653" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D653" s="2" t="s">
-        <v>376</v>
+        <v>90</v>
       </c>
       <c r="E653" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F653" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G653" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H653" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I653" s="2" t="s">
-        <v>377</v>
+        <v>91</v>
       </c>
       <c r="J653" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K653" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="654" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="654" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A654" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B654" s="2" t="s">
+        <v>107</v>
       </c>
       <c r="C654" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D654" s="2" t="s">
-        <v>280</v>
+        <v>108</v>
       </c>
       <c r="E654" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F654" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G654" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H654" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I654" s="2" t="s">
-        <v>281</v>
+        <v>109</v>
       </c>
       <c r="J654" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K654" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="655" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="655" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A655" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B655" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C655" s="2" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="D655" s="2" t="s">
-        <v>177</v>
+        <v>150</v>
       </c>
       <c r="E655" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F655" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G655" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H655" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I655" s="2" t="s">
-        <v>178</v>
+        <v>352</v>
       </c>
       <c r="J655" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K655" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="656" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="656" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A656" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B656" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C656" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D656" s="2" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="E656" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F656" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G656" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H656" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I656" s="2" t="s">
-        <v>91</v>
+        <v>200</v>
       </c>
       <c r="J656" s="2" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="K656" s="2" t="s">
-        <v>92</v>
+        <v>201</v>
       </c>
     </row>
     <row r="657" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A657" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B657" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C657" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D657" s="2" t="s">
-        <v>108</v>
+        <v>181</v>
       </c>
       <c r="E657" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F657" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G657" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H657" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I657" s="2" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="J657" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K657" s="2" t="s">
-        <v>110</v>
+        <v>183</v>
       </c>
     </row>
     <row r="658" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A658" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B658" s="2" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="C658" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D658" s="2" t="s">
-        <v>150</v>
+        <v>373</v>
       </c>
       <c r="E658" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F658" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G658" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H658" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I658" s="2" t="s">
-        <v>352</v>
+        <v>374</v>
       </c>
       <c r="J658" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K658" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="659" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="659" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A659" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B659" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C659" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D659" s="2" t="s">
-        <v>69</v>
+        <v>161</v>
       </c>
       <c r="E659" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F659" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G659" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H659" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I659" s="2" t="s">
-        <v>200</v>
+        <v>162</v>
       </c>
       <c r="J659" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K659" s="2" t="s">
-        <v>201</v>
+        <v>163</v>
       </c>
     </row>
     <row r="660" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A660" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C660" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D660" s="2" t="s">
-        <v>181</v>
+        <v>150</v>
       </c>
       <c r="E660" s="2" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="F660" s="2" t="s">
-        <v>475</v>
+        <v>394</v>
       </c>
       <c r="G660" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H660" s="2" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="I660" s="2" t="s">
-        <v>182</v>
+        <v>369</v>
       </c>
       <c r="J660" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K660" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="661" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="661" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A661" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B661" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C661" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D661" s="2" t="s">
-        <v>373</v>
+        <v>114</v>
       </c>
       <c r="E661" s="2" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="F661" s="2" t="s">
-        <v>475</v>
+        <v>394</v>
       </c>
       <c r="G661" s="2" t="s">
-        <v>368</v>
+        <v>427</v>
       </c>
       <c r="H661" s="2" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="I661" s="2" t="s">
-        <v>374</v>
+        <v>118</v>
       </c>
       <c r="J661" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K661" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="662" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="662" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A662" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B662" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C662" s="2" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="D662" s="2" t="s">
-        <v>161</v>
+        <v>46</v>
       </c>
       <c r="E662" s="2" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="F662" s="2" t="s">
-        <v>475</v>
+        <v>394</v>
       </c>
       <c r="G662" s="2" t="s">
-        <v>368</v>
+        <v>427</v>
       </c>
       <c r="H662" s="2" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="I662" s="2" t="s">
-        <v>162</v>
+        <v>47</v>
       </c>
       <c r="J662" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K662" s="2" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="663" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="663" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A663" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B663" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C663" s="2" t="s">
-        <v>68</v>
+        <v>157</v>
       </c>
       <c r="D663" s="2" t="s">
-        <v>150</v>
+        <v>321</v>
       </c>
       <c r="E663" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F663" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G663" s="2" t="s">
-        <v>27</v>
+        <v>427</v>
       </c>
       <c r="H663" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I663" s="2" t="s">
-        <v>369</v>
+        <v>322</v>
       </c>
       <c r="J663" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K663" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="664" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="664" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A664" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B664" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C664" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D664" s="2" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="E664" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F664" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G664" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H664" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I664" s="2" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="J664" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K664" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="665" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="665" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A665" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B665" s="2" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="C665" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D665" s="2" t="s">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="E665" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F665" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G665" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H665" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I665" s="2" t="s">
-        <v>47</v>
+        <v>109</v>
       </c>
       <c r="J665" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K665" s="2" t="s">
-        <v>48</v>
+        <v>110</v>
       </c>
     </row>
     <row r="666" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A666" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B666" s="2" t="s">
-        <v>156</v>
+        <v>93</v>
       </c>
       <c r="C666" s="2" t="s">
-        <v>157</v>
+        <v>68</v>
       </c>
       <c r="D666" s="2" t="s">
-        <v>321</v>
+        <v>94</v>
       </c>
       <c r="E666" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F666" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G666" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H666" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I666" s="2" t="s">
-        <v>322</v>
+        <v>95</v>
       </c>
       <c r="J666" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K666" s="2" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="667" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="667" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A667" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B667" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C667" s="2" t="s">
-        <v>68</v>
+        <v>180</v>
       </c>
       <c r="D667" s="2" t="s">
-        <v>120</v>
+        <v>181</v>
       </c>
       <c r="E667" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F667" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G667" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H667" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I667" s="2" t="s">
-        <v>121</v>
+        <v>182</v>
       </c>
       <c r="J667" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K667" s="2" t="s">
-        <v>122</v>
+        <v>183</v>
       </c>
     </row>
     <row r="668" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A668" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B668" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C668" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D668" s="2" t="s">
-        <v>108</v>
+        <v>150</v>
       </c>
       <c r="E668" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F668" s="2" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="G668" s="2" t="s">
-        <v>427</v>
+        <v>27</v>
       </c>
       <c r="H668" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I668" s="2" t="s">
-        <v>109</v>
+        <v>369</v>
       </c>
       <c r="J668" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K668" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="669" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="669" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A669" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B669" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C669" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D669" s="2" t="s">
-        <v>94</v>
+        <v>114</v>
       </c>
       <c r="E669" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F669" s="2" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="G669" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H669" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I669" s="2" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="J669" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K669" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="670" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="670" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A670" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B670" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C670" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D670" s="2" t="s">
-        <v>181</v>
+        <v>46</v>
       </c>
       <c r="E670" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F670" s="2" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="G670" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H670" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I670" s="2" t="s">
-        <v>182</v>
+        <v>47</v>
       </c>
       <c r="J670" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K670" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="671" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="671" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A671" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B671" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C671" s="2" t="s">
-        <v>68</v>
+        <v>157</v>
       </c>
       <c r="D671" s="2" t="s">
-        <v>150</v>
+        <v>321</v>
       </c>
       <c r="E671" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F671" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G671" s="2" t="s">
-        <v>27</v>
+        <v>427</v>
       </c>
       <c r="H671" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I671" s="2" t="s">
-        <v>369</v>
+        <v>322</v>
       </c>
       <c r="J671" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K671" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="672" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="672" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A672" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C672" s="2" t="s">
-        <v>45</v>
+        <v>130</v>
       </c>
       <c r="D672" s="2" t="s">
-        <v>114</v>
+        <v>177</v>
       </c>
       <c r="E672" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F672" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G672" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H672" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I672" s="2" t="s">
-        <v>118</v>
+        <v>178</v>
       </c>
       <c r="J672" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K672" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="673" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="673" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A673" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B673" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C673" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D673" s="2" t="s">
-        <v>46</v>
+        <v>120</v>
       </c>
       <c r="E673" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F673" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G673" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H673" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I673" s="2" t="s">
-        <v>47</v>
+        <v>121</v>
       </c>
       <c r="J673" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K673" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="674" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="674" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A674" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B674" s="2" t="s">
-        <v>156</v>
+        <v>107</v>
       </c>
       <c r="C674" s="2" t="s">
-        <v>157</v>
+        <v>83</v>
       </c>
       <c r="D674" s="2" t="s">
-        <v>321</v>
+        <v>108</v>
       </c>
       <c r="E674" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F674" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G674" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H674" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I674" s="2" t="s">
-        <v>322</v>
+        <v>109</v>
       </c>
       <c r="J674" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K674" s="2" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="675" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="675" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A675" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B675" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C675" s="2" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="D675" s="2" t="s">
-        <v>177</v>
+        <v>94</v>
       </c>
       <c r="E675" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F675" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G675" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H675" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I675" s="2" t="s">
-        <v>178</v>
+        <v>95</v>
       </c>
       <c r="J675" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K675" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="676" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="676" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A676" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B676" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C676" s="2" t="s">
-        <v>68</v>
+        <v>180</v>
       </c>
       <c r="D676" s="2" t="s">
-        <v>120</v>
+        <v>181</v>
       </c>
       <c r="E676" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F676" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G676" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H676" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I676" s="2" t="s">
-        <v>121</v>
+        <v>182</v>
       </c>
       <c r="J676" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K676" s="2" t="s">
-        <v>122</v>
+        <v>183</v>
       </c>
     </row>
     <row r="677" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A677" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B677" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C677" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D677" s="2" t="s">
-        <v>108</v>
+        <v>150</v>
       </c>
       <c r="E677" s="2" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F677" s="2" t="s">
-        <v>397</v>
+        <v>436</v>
       </c>
       <c r="G677" s="2" t="s">
-        <v>427</v>
+        <v>27</v>
       </c>
       <c r="H677" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I677" s="2" t="s">
-        <v>109</v>
+        <v>369</v>
       </c>
       <c r="J677" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K677" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="678" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="678" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A678" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B678" s="2" t="s">
-        <v>93</v>
+        <v>44</v>
       </c>
       <c r="C678" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D678" s="2" t="s">
-        <v>94</v>
+        <v>46</v>
       </c>
       <c r="E678" s="2" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F678" s="2" t="s">
-        <v>397</v>
+        <v>436</v>
       </c>
       <c r="G678" s="2" t="s">
-        <v>427</v>
+        <v>478</v>
       </c>
       <c r="H678" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I678" s="2" t="s">
-        <v>95</v>
+        <v>47</v>
       </c>
       <c r="J678" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K678" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="679" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="679" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A679" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B679" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C679" s="2" t="s">
-        <v>180</v>
+        <v>157</v>
       </c>
       <c r="D679" s="2" t="s">
-        <v>181</v>
+        <v>321</v>
       </c>
       <c r="E679" s="2" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F679" s="2" t="s">
-        <v>397</v>
+        <v>436</v>
       </c>
       <c r="G679" s="2" t="s">
-        <v>427</v>
+        <v>478</v>
       </c>
       <c r="H679" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I679" s="2" t="s">
-        <v>182</v>
+        <v>322</v>
       </c>
       <c r="J679" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K679" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="680" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="680" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A680" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B680" s="2" t="s">
+        <v>93</v>
       </c>
       <c r="C680" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D680" s="2" t="s">
-        <v>150</v>
+        <v>94</v>
       </c>
       <c r="E680" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F680" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G680" s="2" t="s">
-        <v>27</v>
+        <v>478</v>
       </c>
       <c r="H680" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I680" s="2" t="s">
-        <v>369</v>
+        <v>95</v>
       </c>
       <c r="J680" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K680" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="681" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="681" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A681" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B681" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C681" s="2" t="s">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="D681" s="2" t="s">
-        <v>46</v>
+        <v>181</v>
       </c>
       <c r="E681" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F681" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G681" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H681" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I681" s="2" t="s">
-        <v>47</v>
+        <v>182</v>
       </c>
       <c r="J681" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K681" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="682" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="682" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A682" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B682" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C682" s="2" t="s">
-        <v>157</v>
+        <v>68</v>
       </c>
       <c r="D682" s="2" t="s">
-        <v>321</v>
+        <v>150</v>
       </c>
       <c r="E682" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F682" s="2" t="s">
-        <v>436</v>
+        <v>479</v>
       </c>
       <c r="G682" s="2" t="s">
-        <v>478</v>
+        <v>27</v>
       </c>
       <c r="H682" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I682" s="2" t="s">
-        <v>322</v>
+        <v>369</v>
       </c>
       <c r="J682" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K682" s="2" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="683" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="683" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A683" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B683" s="2" t="s">
-        <v>93</v>
+        <v>44</v>
       </c>
       <c r="C683" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D683" s="2" t="s">
-        <v>94</v>
+        <v>46</v>
       </c>
       <c r="E683" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F683" s="2" t="s">
-        <v>436</v>
+        <v>479</v>
       </c>
       <c r="G683" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H683" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I683" s="2" t="s">
-        <v>95</v>
+        <v>47</v>
       </c>
       <c r="J683" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K683" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="684" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="684" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A684" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B684" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C684" s="2" t="s">
-        <v>180</v>
+        <v>157</v>
       </c>
       <c r="D684" s="2" t="s">
-        <v>181</v>
+        <v>321</v>
       </c>
       <c r="E684" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F684" s="2" t="s">
-        <v>436</v>
+        <v>479</v>
       </c>
       <c r="G684" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H684" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I684" s="2" t="s">
-        <v>182</v>
+        <v>322</v>
       </c>
       <c r="J684" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K684" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="685" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="685" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A685" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B685" s="2" t="s">
+        <v>93</v>
       </c>
       <c r="C685" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D685" s="2" t="s">
         <v>150</v>
       </c>
       <c r="E685" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F685" s="2" t="s">
         <v>479</v>
       </c>
       <c r="G685" s="2" t="s">
-        <v>27</v>
+        <v>478</v>
       </c>
       <c r="H685" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I685" s="2" t="s">
-        <v>369</v>
+        <v>352</v>
       </c>
       <c r="J685" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K685" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="686" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="686" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A686" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B686" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C686" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D686" s="2" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="E686" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F686" s="2" t="s">
         <v>479</v>
       </c>
       <c r="G686" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H686" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I686" s="2" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="J686" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K686" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="687" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="687" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A687" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B687" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C687" s="2" t="s">
-        <v>157</v>
+        <v>180</v>
       </c>
       <c r="D687" s="2" t="s">
-        <v>321</v>
+        <v>181</v>
       </c>
       <c r="E687" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F687" s="2" t="s">
         <v>479</v>
       </c>
       <c r="G687" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H687" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I687" s="2" t="s">
-        <v>322</v>
+        <v>182</v>
       </c>
       <c r="J687" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K687" s="2" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="688" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="688" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A688" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C688" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D688" s="2" t="s">
         <v>150</v>
       </c>
       <c r="E688" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F688" s="2" t="s">
-        <v>479</v>
+        <v>344</v>
       </c>
       <c r="G688" s="2" t="s">
-        <v>478</v>
+        <v>27</v>
       </c>
       <c r="H688" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I688" s="2" t="s">
-        <v>352</v>
+        <v>369</v>
       </c>
       <c r="J688" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K688" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="689" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="689" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A689" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B689" s="2" t="s">
-        <v>93</v>
+        <v>44</v>
       </c>
       <c r="C689" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D689" s="2" t="s">
-        <v>94</v>
+        <v>46</v>
       </c>
       <c r="E689" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F689" s="2" t="s">
-        <v>479</v>
+        <v>344</v>
       </c>
       <c r="G689" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H689" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I689" s="2" t="s">
-        <v>95</v>
+        <v>47</v>
       </c>
       <c r="J689" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K689" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="690" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="690" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A690" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B690" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C690" s="2" t="s">
-        <v>180</v>
+        <v>157</v>
       </c>
       <c r="D690" s="2" t="s">
-        <v>181</v>
+        <v>321</v>
       </c>
       <c r="E690" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F690" s="2" t="s">
-        <v>479</v>
+        <v>344</v>
       </c>
       <c r="G690" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H690" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I690" s="2" t="s">
-        <v>182</v>
+        <v>322</v>
       </c>
       <c r="J690" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K690" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="691" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="691" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A691" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B691" s="2" t="s">
+        <v>93</v>
       </c>
       <c r="C691" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D691" s="2" t="s">
         <v>150</v>
       </c>
       <c r="E691" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F691" s="2" t="s">
         <v>344</v>
       </c>
       <c r="G691" s="2" t="s">
-        <v>27</v>
+        <v>478</v>
       </c>
       <c r="H691" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I691" s="2" t="s">
-        <v>369</v>
+        <v>352</v>
       </c>
       <c r="J691" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K691" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="692" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="692" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A692" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B692" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C692" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D692" s="2" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="E692" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F692" s="2" t="s">
         <v>344</v>
       </c>
       <c r="G692" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H692" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I692" s="2" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="J692" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K692" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="693" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="693" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A693" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B693" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C693" s="2" t="s">
-        <v>157</v>
+        <v>180</v>
       </c>
       <c r="D693" s="2" t="s">
-        <v>321</v>
+        <v>181</v>
       </c>
       <c r="E693" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F693" s="2" t="s">
         <v>344</v>
       </c>
       <c r="G693" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H693" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I693" s="2" t="s">
-        <v>322</v>
+        <v>182</v>
       </c>
       <c r="J693" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K693" s="2" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="694" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="694" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A694" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C694" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D694" s="2" t="s">
         <v>150</v>
       </c>
       <c r="E694" s="2" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="F694" s="2" t="s">
-        <v>344</v>
+        <v>397</v>
       </c>
       <c r="G694" s="2" t="s">
-        <v>478</v>
+        <v>27</v>
       </c>
       <c r="H694" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I694" s="2" t="s">
-        <v>352</v>
+        <v>369</v>
       </c>
       <c r="J694" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K694" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="695" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="695" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A695" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B695" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C695" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D695" s="2" t="s">
-        <v>94</v>
+        <v>114</v>
       </c>
       <c r="E695" s="2" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="F695" s="2" t="s">
-        <v>344</v>
+        <v>397</v>
       </c>
       <c r="G695" s="2" t="s">
-        <v>478</v>
+        <v>427</v>
       </c>
       <c r="H695" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I695" s="2" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="J695" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K695" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="696" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="696" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A696" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B696" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C696" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D696" s="2" t="s">
-        <v>181</v>
+        <v>46</v>
       </c>
       <c r="E696" s="2" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="F696" s="2" t="s">
-        <v>344</v>
+        <v>397</v>
       </c>
       <c r="G696" s="2" t="s">
-        <v>478</v>
+        <v>427</v>
       </c>
       <c r="H696" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I696" s="2" t="s">
-        <v>182</v>
+        <v>47</v>
       </c>
       <c r="J696" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K696" s="2" t="s">
-        <v>183</v>
+        <v>48</v>
       </c>
     </row>
     <row r="697" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A697" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C697" s="2" t="s">
-        <v>68</v>
+        <v>130</v>
       </c>
       <c r="D697" s="2" t="s">
-        <v>150</v>
+        <v>177</v>
       </c>
       <c r="E697" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F697" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G697" s="2" t="s">
-        <v>27</v>
+        <v>427</v>
       </c>
       <c r="H697" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I697" s="2" t="s">
-        <v>369</v>
+        <v>178</v>
       </c>
       <c r="J697" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K697" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="698" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="698" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A698" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B698" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C698" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D698" s="2" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="E698" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F698" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G698" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H698" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I698" s="2" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="J698" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K698" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="699" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="699" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A699" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B699" s="2" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="C699" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D699" s="2" t="s">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="E699" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F699" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G699" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H699" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I699" s="2" t="s">
-        <v>47</v>
+        <v>109</v>
       </c>
       <c r="J699" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K699" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="700" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="700" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A700" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B700" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C700" s="2" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="D700" s="2" t="s">
-        <v>177</v>
+        <v>94</v>
       </c>
       <c r="E700" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F700" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G700" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H700" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I700" s="2" t="s">
-        <v>178</v>
+        <v>95</v>
       </c>
       <c r="J700" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K700" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="701" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="701" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A701" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B701" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C701" s="2" t="s">
-        <v>68</v>
+        <v>180</v>
       </c>
       <c r="D701" s="2" t="s">
-        <v>120</v>
+        <v>181</v>
       </c>
       <c r="E701" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F701" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G701" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H701" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I701" s="2" t="s">
-        <v>121</v>
+        <v>182</v>
       </c>
       <c r="J701" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K701" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="702" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="702" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A702" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B702" s="2" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="C702" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D702" s="2" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="E702" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F702" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G702" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H702" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I702" s="2" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="J702" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K702" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="703" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="703" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A703" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C703" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D703" s="2" t="s">
-        <v>94</v>
+        <v>150</v>
       </c>
       <c r="E703" s="2" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="F703" s="2" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="G703" s="2" t="s">
-        <v>427</v>
+        <v>27</v>
       </c>
       <c r="H703" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I703" s="2" t="s">
-        <v>95</v>
+        <v>369</v>
       </c>
       <c r="J703" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K703" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="704" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="704" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A704" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C704" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D704" s="2" t="s">
-        <v>181</v>
+        <v>114</v>
       </c>
       <c r="E704" s="2" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="F704" s="2" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="G704" s="2" t="s">
-        <v>427</v>
+        <v>368</v>
       </c>
       <c r="H704" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I704" s="2" t="s">
-        <v>182</v>
+        <v>118</v>
       </c>
       <c r="J704" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K704" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="705" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="705" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A705" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B705" s="2" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="C705" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D705" s="2" t="s">
-        <v>123</v>
+        <v>46</v>
       </c>
       <c r="E705" s="2" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="F705" s="2" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="G705" s="2" t="s">
-        <v>427</v>
+        <v>368</v>
       </c>
       <c r="H705" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I705" s="2" t="s">
-        <v>124</v>
+        <v>47</v>
       </c>
       <c r="J705" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K705" s="2" t="s">
-        <v>125</v>
+        <v>48</v>
       </c>
     </row>
     <row r="706" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A706" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C706" s="2" t="s">
-        <v>68</v>
+        <v>130</v>
       </c>
       <c r="D706" s="2" t="s">
-        <v>150</v>
+        <v>177</v>
       </c>
       <c r="E706" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F706" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G706" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H706" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I706" s="2" t="s">
-        <v>369</v>
+        <v>178</v>
       </c>
       <c r="J706" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K706" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="707" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="707" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A707" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B707" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C707" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D707" s="2" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="E707" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F707" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G707" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H707" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I707" s="2" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="J707" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K707" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="708" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="708" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A708" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B708" s="2" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="C708" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D708" s="2" t="s">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="E708" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F708" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G708" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H708" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I708" s="2" t="s">
-        <v>47</v>
+        <v>109</v>
       </c>
       <c r="J708" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K708" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="709" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="709" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A709" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B709" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C709" s="2" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="D709" s="2" t="s">
-        <v>177</v>
+        <v>94</v>
       </c>
       <c r="E709" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F709" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G709" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H709" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I709" s="2" t="s">
-        <v>178</v>
+        <v>95</v>
       </c>
       <c r="J709" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K709" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="710" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="710" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A710" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B710" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C710" s="2" t="s">
-        <v>68</v>
+        <v>180</v>
       </c>
       <c r="D710" s="2" t="s">
-        <v>120</v>
+        <v>181</v>
       </c>
       <c r="E710" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F710" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G710" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H710" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I710" s="2" t="s">
-        <v>121</v>
+        <v>182</v>
       </c>
       <c r="J710" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K710" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="711" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="711" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A711" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B711" s="2" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="C711" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D711" s="2" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="E711" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F711" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G711" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H711" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I711" s="2" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="J711" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K711" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="712" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="712" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A712" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C712" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D712" s="2" t="s">
-        <v>94</v>
+        <v>150</v>
       </c>
       <c r="E712" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F712" s="2" t="s">
-        <v>394</v>
+        <v>382</v>
       </c>
       <c r="G712" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H712" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I712" s="2" t="s">
-        <v>95</v>
+        <v>369</v>
       </c>
       <c r="J712" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K712" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="713" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="713" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A713" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C713" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D713" s="2" t="s">
-        <v>181</v>
+        <v>114</v>
       </c>
       <c r="E713" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F713" s="2" t="s">
-        <v>394</v>
+        <v>382</v>
       </c>
       <c r="G713" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H713" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I713" s="2" t="s">
-        <v>182</v>
+        <v>118</v>
       </c>
       <c r="J713" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K713" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="714" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="714" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A714" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B714" s="2" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="C714" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D714" s="2" t="s">
-        <v>123</v>
+        <v>46</v>
       </c>
       <c r="E714" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F714" s="2" t="s">
-        <v>394</v>
+        <v>382</v>
       </c>
       <c r="G714" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H714" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I714" s="2" t="s">
-        <v>124</v>
+        <v>47</v>
       </c>
       <c r="J714" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K714" s="2" t="s">
-        <v>125</v>
+        <v>48</v>
       </c>
     </row>
     <row r="715" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A715" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C715" s="2" t="s">
-        <v>68</v>
+        <v>130</v>
       </c>
       <c r="D715" s="2" t="s">
-        <v>150</v>
+        <v>177</v>
       </c>
       <c r="E715" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F715" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G715" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H715" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I715" s="2" t="s">
-        <v>369</v>
+        <v>178</v>
       </c>
       <c r="J715" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K715" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="716" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="716" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A716" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B716" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C716" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D716" s="2" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="E716" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F716" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G716" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H716" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I716" s="2" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="J716" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K716" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="717" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="717" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A717" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B717" s="2" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="C717" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D717" s="2" t="s">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="E717" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F717" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G717" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H717" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I717" s="2" t="s">
-        <v>47</v>
+        <v>109</v>
       </c>
       <c r="J717" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K717" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="718" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="718" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A718" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B718" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C718" s="2" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="D718" s="2" t="s">
-        <v>177</v>
+        <v>94</v>
       </c>
       <c r="E718" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F718" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G718" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H718" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I718" s="2" t="s">
-        <v>178</v>
+        <v>95</v>
       </c>
       <c r="J718" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K718" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="719" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="719" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A719" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B719" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C719" s="2" t="s">
-        <v>68</v>
+        <v>180</v>
       </c>
       <c r="D719" s="2" t="s">
-        <v>120</v>
+        <v>181</v>
       </c>
       <c r="E719" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F719" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G719" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H719" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I719" s="2" t="s">
-        <v>121</v>
+        <v>182</v>
       </c>
       <c r="J719" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K719" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="720" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="720" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A720" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B720" s="2" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="C720" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D720" s="2" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="E720" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F720" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G720" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H720" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I720" s="2" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="J720" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K720" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="721" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="721" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A721" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C721" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D721" s="2" t="s">
-        <v>94</v>
+        <v>150</v>
       </c>
       <c r="E721" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F721" s="2" t="s">
-        <v>382</v>
+        <v>413</v>
       </c>
       <c r="G721" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H721" s="2" t="s">
-        <v>41</v>
+        <v>405</v>
       </c>
       <c r="I721" s="2" t="s">
-        <v>95</v>
+        <v>369</v>
       </c>
       <c r="J721" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K721" s="2" t="s">
-        <v>96</v>
+        <v>370</v>
       </c>
     </row>
     <row r="722" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A722" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C722" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D722" s="2" t="s">
-        <v>181</v>
+        <v>150</v>
       </c>
       <c r="E722" s="2" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="F722" s="2" t="s">
-        <v>382</v>
+        <v>436</v>
       </c>
       <c r="G722" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H722" s="2" t="s">
-        <v>41</v>
+        <v>338</v>
       </c>
       <c r="I722" s="2" t="s">
-        <v>182</v>
+        <v>369</v>
       </c>
       <c r="J722" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K722" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="723" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="723" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A723" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B723" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C723" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D723" s="2" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="E723" s="2" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="F723" s="2" t="s">
-        <v>382</v>
+        <v>436</v>
       </c>
       <c r="G723" s="2" t="s">
-        <v>368</v>
+        <v>484</v>
       </c>
       <c r="H723" s="2" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="I723" s="2" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="J723" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K723" s="2" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="724" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="724" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A724" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B724" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C724" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D724" s="2" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="E724" s="2" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="F724" s="2" t="s">
-        <v>413</v>
+        <v>436</v>
       </c>
       <c r="G724" s="2" t="s">
-        <v>27</v>
+        <v>484</v>
       </c>
       <c r="H724" s="2" t="s">
-        <v>405</v>
+        <v>59</v>
       </c>
       <c r="I724" s="2" t="s">
-        <v>369</v>
+        <v>47</v>
       </c>
       <c r="J724" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K724" s="2" t="s">
-        <v>370</v>
+        <v>48</v>
       </c>
     </row>
     <row r="725" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A725" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C725" s="2" t="s">
-        <v>68</v>
+        <v>130</v>
       </c>
       <c r="D725" s="2" t="s">
-        <v>150</v>
+        <v>177</v>
       </c>
       <c r="E725" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F725" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G725" s="2" t="s">
-        <v>27</v>
+        <v>484</v>
       </c>
       <c r="H725" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I725" s="2" t="s">
-        <v>369</v>
+        <v>178</v>
       </c>
       <c r="J725" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K725" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="726" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="726" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A726" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B726" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C726" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D726" s="2" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="E726" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F726" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G726" s="2" t="s">
         <v>484</v>
       </c>
       <c r="H726" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I726" s="2" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="J726" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K726" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="727" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="727" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A727" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B727" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C727" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D727" s="2" t="s">
-        <v>46</v>
+        <v>150</v>
       </c>
       <c r="E727" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F727" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G727" s="2" t="s">
         <v>484</v>
       </c>
       <c r="H727" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I727" s="2" t="s">
-        <v>47</v>
+        <v>151</v>
       </c>
       <c r="J727" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K727" s="2" t="s">
-        <v>48</v>
+        <v>152</v>
       </c>
     </row>
     <row r="728" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A728" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C728" s="2" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="D728" s="2" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="E728" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F728" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G728" s="2" t="s">
         <v>484</v>
       </c>
       <c r="H728" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I728" s="2" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="J728" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K728" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="729" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="729" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A729" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C729" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D729" s="2" t="s">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="E729" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F729" s="2" t="s">
-        <v>436</v>
+        <v>382</v>
       </c>
       <c r="G729" s="2" t="s">
-        <v>484</v>
+        <v>27</v>
       </c>
       <c r="H729" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I729" s="2" t="s">
-        <v>121</v>
+        <v>369</v>
       </c>
       <c r="J729" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K729" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="730" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="730" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A730" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B730" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C730" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D730" s="2" t="s">
-        <v>150</v>
+        <v>114</v>
       </c>
       <c r="E730" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F730" s="2" t="s">
-        <v>436</v>
+        <v>382</v>
       </c>
       <c r="G730" s="2" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="H730" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I730" s="2" t="s">
-        <v>151</v>
+        <v>118</v>
       </c>
       <c r="J730" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K730" s="2" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="731" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="731" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A731" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B731" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C731" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D731" s="2" t="s">
-        <v>181</v>
+        <v>46</v>
       </c>
       <c r="E731" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F731" s="2" t="s">
-        <v>436</v>
+        <v>382</v>
       </c>
       <c r="G731" s="2" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="H731" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I731" s="2" t="s">
-        <v>182</v>
+        <v>47</v>
       </c>
       <c r="J731" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K731" s="2" t="s">
-        <v>183</v>
+        <v>48</v>
       </c>
     </row>
     <row r="732" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A732" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C732" s="2" t="s">
-        <v>68</v>
+        <v>130</v>
       </c>
       <c r="D732" s="2" t="s">
-        <v>150</v>
+        <v>177</v>
       </c>
       <c r="E732" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F732" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G732" s="2" t="s">
-        <v>27</v>
+        <v>485</v>
       </c>
       <c r="H732" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I732" s="2" t="s">
-        <v>369</v>
+        <v>178</v>
       </c>
       <c r="J732" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K732" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="733" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="733" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A733" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B733" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C733" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D733" s="2" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="E733" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F733" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G733" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H733" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I733" s="2" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="J733" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K733" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="734" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="734" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A734" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B734" s="2" t="s">
-        <v>44</v>
+        <v>156</v>
       </c>
       <c r="C734" s="2" t="s">
-        <v>45</v>
+        <v>157</v>
       </c>
       <c r="D734" s="2" t="s">
-        <v>46</v>
+        <v>192</v>
       </c>
       <c r="E734" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F734" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G734" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H734" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I734" s="2" t="s">
-        <v>47</v>
+        <v>193</v>
       </c>
       <c r="J734" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K734" s="2" t="s">
-        <v>48</v>
+        <v>194</v>
       </c>
     </row>
     <row r="735" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A735" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B735" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C735" s="2" t="s">
-        <v>130</v>
+        <v>83</v>
       </c>
       <c r="D735" s="2" t="s">
-        <v>177</v>
+        <v>108</v>
       </c>
       <c r="E735" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F735" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G735" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H735" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I735" s="2" t="s">
-        <v>178</v>
+        <v>109</v>
       </c>
       <c r="J735" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K735" s="2" t="s">
-        <v>179</v>
+        <v>110</v>
       </c>
     </row>
     <row r="736" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A736" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B736" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C736" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D736" s="2" t="s">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="E736" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F736" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G736" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H736" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I736" s="2" t="s">
-        <v>121</v>
+        <v>151</v>
       </c>
       <c r="J736" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K736" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="737" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="737" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A737" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B737" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C737" s="2" t="s">
-        <v>157</v>
+        <v>64</v>
       </c>
       <c r="D737" s="2" t="s">
-        <v>192</v>
+        <v>153</v>
       </c>
       <c r="E737" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F737" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G737" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H737" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I737" s="2" t="s">
-        <v>193</v>
+        <v>154</v>
       </c>
       <c r="J737" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K737" s="2" t="s">
-        <v>194</v>
+        <v>155</v>
       </c>
     </row>
     <row r="738" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A738" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B738" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C738" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D738" s="2" t="s">
-        <v>108</v>
+        <v>181</v>
       </c>
       <c r="E738" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F738" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G738" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H738" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I738" s="2" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="J738" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K738" s="2" t="s">
-        <v>110</v>
+        <v>183</v>
       </c>
     </row>
     <row r="739" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A739" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B739" s="2" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="C739" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D739" s="2" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="E739" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F739" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G739" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H739" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I739" s="2" t="s">
-        <v>151</v>
+        <v>124</v>
       </c>
       <c r="J739" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K739" s="2" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="740" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="740" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A740" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C740" s="2" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="D740" s="2" t="s">
-        <v>153</v>
+        <v>114</v>
       </c>
       <c r="E740" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F740" s="2" t="s">
-        <v>382</v>
+        <v>344</v>
       </c>
       <c r="G740" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H740" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I740" s="2" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="J740" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K740" s="2" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="741" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="741" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A741" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B741" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C741" s="2" t="s">
-        <v>180</v>
+        <v>157</v>
       </c>
       <c r="D741" s="2" t="s">
-        <v>181</v>
+        <v>192</v>
       </c>
       <c r="E741" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F741" s="2" t="s">
-        <v>382</v>
+        <v>344</v>
       </c>
       <c r="G741" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H741" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I741" s="2" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="J741" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K741" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="742" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="742" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A742" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B742" s="2" t="s">
-        <v>82</v>
+        <v>107</v>
       </c>
       <c r="C742" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D742" s="2" t="s">
-        <v>123</v>
+        <v>108</v>
       </c>
       <c r="E742" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F742" s="2" t="s">
-        <v>382</v>
+        <v>344</v>
       </c>
       <c r="G742" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H742" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I742" s="2" t="s">
-        <v>124</v>
+        <v>109</v>
       </c>
       <c r="J742" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K742" s="2" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="743" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="743" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A743" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B743" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C743" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D743" s="2" t="s">
-        <v>114</v>
+        <v>69</v>
       </c>
       <c r="E743" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F743" s="2" t="s">
         <v>344</v>
       </c>
       <c r="G743" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H743" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I743" s="2" t="s">
-        <v>118</v>
+        <v>200</v>
       </c>
       <c r="J743" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K743" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="744" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="744" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A744" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B744" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C744" s="2" t="s">
-        <v>157</v>
+        <v>68</v>
       </c>
       <c r="D744" s="2" t="s">
-        <v>192</v>
+        <v>150</v>
       </c>
       <c r="E744" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F744" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="G744" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H744" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I744" s="2" t="s">
-        <v>193</v>
+        <v>369</v>
       </c>
       <c r="J744" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K744" s="2" t="s">
-        <v>194</v>
+        <v>370</v>
       </c>
     </row>
     <row r="745" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A745" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B745" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C745" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="D745" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="E745" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="F745" s="2" t="s">
+        <v>397</v>
+      </c>
+      <c r="G745" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H745" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="I745" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="J745" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="K745" s="2" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="746" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+      <c r="A746" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C746" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="D745" s="2" t="s">
-[...33 lines deleted...]
-      </c>
       <c r="D746" s="2" t="s">
-        <v>69</v>
+        <v>280</v>
       </c>
       <c r="E746" s="2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F746" s="2" t="s">
-        <v>344</v>
+        <v>397</v>
       </c>
       <c r="G746" s="2" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="H746" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I746" s="2" t="s">
-        <v>200</v>
+        <v>281</v>
       </c>
       <c r="J746" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K746" s="2" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="747" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="747" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A747" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C747" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D747" s="2" t="s">
-        <v>150</v>
+        <v>114</v>
       </c>
       <c r="E747" s="2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F747" s="2" t="s">
-        <v>344</v>
+        <v>397</v>
+      </c>
+      <c r="G747" s="2" t="s">
+        <v>487</v>
       </c>
       <c r="H747" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I747" s="2" t="s">
-        <v>369</v>
+        <v>118</v>
       </c>
       <c r="J747" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K747" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="748" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="748" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A748" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B748" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C748" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D748" s="2" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="E748" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F748" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G748" s="2" t="s">
-        <v>27</v>
+        <v>487</v>
       </c>
       <c r="H748" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I748" s="2" t="s">
-        <v>369</v>
+        <v>47</v>
       </c>
       <c r="J748" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K748" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="749" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="749" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A749" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B749" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C749" s="2" t="s">
-        <v>83</v>
+        <v>157</v>
       </c>
       <c r="D749" s="2" t="s">
-        <v>280</v>
+        <v>321</v>
       </c>
       <c r="E749" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F749" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G749" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H749" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I749" s="2" t="s">
-        <v>281</v>
+        <v>322</v>
       </c>
       <c r="J749" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K749" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="750" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="750" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A750" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C750" s="2" t="s">
-        <v>45</v>
+        <v>130</v>
       </c>
       <c r="D750" s="2" t="s">
-        <v>114</v>
+        <v>177</v>
       </c>
       <c r="E750" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F750" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G750" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H750" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I750" s="2" t="s">
-        <v>118</v>
+        <v>178</v>
       </c>
       <c r="J750" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K750" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="751" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="751" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A751" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B751" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C751" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D751" s="2" t="s">
-        <v>46</v>
+        <v>120</v>
       </c>
       <c r="E751" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F751" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G751" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H751" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I751" s="2" t="s">
-        <v>47</v>
+        <v>121</v>
       </c>
       <c r="J751" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K751" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="752" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="752" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A752" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B752" s="2" t="s">
-        <v>156</v>
+        <v>107</v>
       </c>
       <c r="C752" s="2" t="s">
-        <v>157</v>
+        <v>83</v>
       </c>
       <c r="D752" s="2" t="s">
-        <v>321</v>
+        <v>108</v>
       </c>
       <c r="E752" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F752" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G752" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H752" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I752" s="2" t="s">
-        <v>322</v>
+        <v>109</v>
       </c>
       <c r="J752" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K752" s="2" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="753" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="753" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A753" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B753" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C753" s="2" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="D753" s="2" t="s">
-        <v>177</v>
+        <v>150</v>
       </c>
       <c r="E753" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F753" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G753" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H753" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I753" s="2" t="s">
-        <v>178</v>
+        <v>352</v>
       </c>
       <c r="J753" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K753" s="2" t="s">
-        <v>179</v>
+        <v>353</v>
       </c>
     </row>
     <row r="754" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A754" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B754" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C754" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D754" s="2" t="s">
-        <v>120</v>
+        <v>94</v>
       </c>
       <c r="E754" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F754" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G754" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H754" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I754" s="2" t="s">
-        <v>121</v>
+        <v>95</v>
       </c>
       <c r="J754" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K754" s="2" t="s">
-        <v>122</v>
+        <v>96</v>
       </c>
     </row>
     <row r="755" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A755" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B755" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C755" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D755" s="2" t="s">
-        <v>108</v>
+        <v>181</v>
       </c>
       <c r="E755" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F755" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G755" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H755" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I755" s="2" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="J755" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K755" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="756" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="756" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A756" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B756" s="2" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="C756" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D756" s="2" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="E756" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F756" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G756" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H756" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I756" s="2" t="s">
-        <v>352</v>
+        <v>124</v>
       </c>
       <c r="J756" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K756" s="2" t="s">
-        <v>353</v>
+        <v>125</v>
       </c>
     </row>
     <row r="757" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A757" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B757" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C757" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D757" s="2" t="s">
-        <v>94</v>
+        <v>150</v>
       </c>
       <c r="E757" s="2" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="F757" s="2" t="s">
-        <v>397</v>
+        <v>57</v>
       </c>
       <c r="G757" s="2" t="s">
-        <v>487</v>
+        <v>27</v>
       </c>
       <c r="H757" s="2" t="s">
-        <v>59</v>
+        <v>439</v>
       </c>
       <c r="I757" s="2" t="s">
-        <v>95</v>
+        <v>420</v>
       </c>
       <c r="J757" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K757" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="758" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="758" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A758" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C758" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D758" s="2" t="s">
-        <v>181</v>
+        <v>150</v>
       </c>
       <c r="E758" s="2" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F758" s="2" t="s">
-        <v>397</v>
+        <v>436</v>
       </c>
       <c r="G758" s="2" t="s">
-        <v>487</v>
+        <v>27</v>
       </c>
       <c r="H758" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I758" s="2" t="s">
-        <v>182</v>
+        <v>420</v>
       </c>
       <c r="J758" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K758" s="2" t="s">
-        <v>183</v>
+        <v>421</v>
       </c>
     </row>
     <row r="759" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A759" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B759" s="2" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="C759" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D759" s="2" t="s">
-        <v>123</v>
+        <v>90</v>
       </c>
       <c r="E759" s="2" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F759" s="2" t="s">
-        <v>397</v>
+        <v>436</v>
       </c>
       <c r="G759" s="2" t="s">
-        <v>487</v>
+        <v>478</v>
       </c>
       <c r="H759" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I759" s="2" t="s">
-        <v>124</v>
+        <v>91</v>
       </c>
       <c r="J759" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K759" s="2" t="s">
-        <v>125</v>
+        <v>92</v>
       </c>
     </row>
     <row r="760" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A760" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B760" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C760" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D760" s="2" t="s">
-        <v>150</v>
+        <v>94</v>
       </c>
       <c r="E760" s="2" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="F760" s="2" t="s">
-        <v>57</v>
+        <v>436</v>
       </c>
       <c r="G760" s="2" t="s">
-        <v>27</v>
+        <v>478</v>
       </c>
       <c r="H760" s="2" t="s">
-        <v>439</v>
+        <v>59</v>
       </c>
       <c r="I760" s="2" t="s">
-        <v>420</v>
+        <v>95</v>
       </c>
       <c r="J760" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K760" s="2" t="s">
-        <v>421</v>
+        <v>96</v>
       </c>
     </row>
     <row r="761" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A761" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B761" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="C761" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D761" s="2" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="E761" s="2" t="s">
         <v>489</v>
       </c>
       <c r="F761" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G761" s="2" t="s">
-        <v>27</v>
+        <v>478</v>
       </c>
       <c r="H761" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I761" s="2" t="s">
-        <v>420</v>
+        <v>124</v>
       </c>
       <c r="J761" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K761" s="2" t="s">
-        <v>421</v>
+        <v>125</v>
       </c>
     </row>
     <row r="762" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A762" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B762" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C762" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D762" s="2" t="s">
-        <v>90</v>
+        <v>150</v>
       </c>
       <c r="E762" s="2" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F762" s="2" t="s">
-        <v>436</v>
+        <v>57</v>
       </c>
       <c r="G762" s="2" t="s">
-        <v>478</v>
+        <v>27</v>
       </c>
       <c r="H762" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I762" s="2" t="s">
-        <v>91</v>
+        <v>420</v>
       </c>
       <c r="J762" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K762" s="2" t="s">
-        <v>92</v>
+        <v>421</v>
       </c>
     </row>
     <row r="763" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A763" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B763" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C763" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D763" s="2" t="s">
-        <v>94</v>
+        <v>337</v>
       </c>
       <c r="E763" s="2" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F763" s="2" t="s">
-        <v>436</v>
+        <v>57</v>
       </c>
       <c r="G763" s="2" t="s">
-        <v>478</v>
+        <v>491</v>
       </c>
       <c r="H763" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I763" s="2" t="s">
         <v>95</v>
       </c>
       <c r="J763" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K763" s="2" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="764" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A764" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B764" s="2" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="C764" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D764" s="2" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="E764" s="2" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="F764" s="2" t="s">
-        <v>436</v>
+        <v>493</v>
       </c>
       <c r="G764" s="2" t="s">
-        <v>478</v>
+        <v>494</v>
       </c>
       <c r="H764" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I764" s="2" t="s">
-        <v>124</v>
+        <v>95</v>
       </c>
       <c r="J764" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K764" s="2" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
     </row>
     <row r="765" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A765" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C765" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D765" s="2" t="s">
         <v>150</v>
       </c>
       <c r="E765" s="2" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="F765" s="2" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>493</v>
       </c>
       <c r="H765" s="2" t="s">
-        <v>338</v>
+        <v>36</v>
       </c>
       <c r="I765" s="2" t="s">
         <v>420</v>
       </c>
       <c r="J765" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K765" s="2" t="s">
-        <v>421</v>
-[...97 lines deleted...]
-      <c r="K768" s="2" t="s">
         <v>421</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:K1"/>
   </mergeCells>
   <conditionalFormatting sqref="A1:K1048576">
     <cfRule type="cellIs" dxfId="13" priority="1" operator="equal">
       <formula>"Ret"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="14" priority="2" operator="equal">
       <formula>"S"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
-    <tablePart r:id="rId2"/>
+    <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>20250814ListeSSA</vt:lpstr>
+      <vt:lpstr>20251013ListeSSA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jean-Michel VENTURINI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>