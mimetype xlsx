--- v1 (2025-10-28)
+++ v2 (2025-11-23)
@@ -1,84 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\3-SPPSI\SDPRS\07-BL\03-Agrement\Securite sanitaire des aliments\02 Liste laboratoires Agrees\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\3-SPPSI\SDPRS\07-BL\03-Agrement\Securite sanitaire des aliments\02 Liste laboratoires Agrees\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{02845720-C32C-4FD6-935D-74F0462C0360}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{837D7250-5744-4A45-83C1-E4D0F4726D0B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{064953D1-4D98-48F1-A2CD-A46A6571D994}"/>
+    <workbookView xWindow="1515" yWindow="1515" windowWidth="22650" windowHeight="10770" xr2:uid="{8E46651B-C337-452B-AFB7-436943BEA43D}"/>
   </bookViews>
   <sheets>
-    <sheet name="20251013ListeSSA" sheetId="1" r:id="rId1"/>
+    <sheet name="20251103ListeSSA" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7593" uniqueCount="495">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7604" uniqueCount="495">
   <si>
     <t>Liste des laboratoires agréés en alimentation</t>
   </si>
   <si>
     <t>Légendes :</t>
   </si>
   <si>
     <t>D Réalise les analyses de première intention</t>
   </si>
   <si>
     <t>C Réalise les analyses de confirmation</t>
   </si>
   <si>
     <t>A Laboratoire agréé</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>Agrément suspendu</t>
   </si>
   <si>
     <t>Mise à jour :</t>
   </si>
   <si>
@@ -1769,51 +1770,51 @@
     <t>Matrices d’origine biologique</t>
   </si>
   <si>
     <t>Matrices d’origine biologique (y compris miel et boyaux)</t>
   </si>
   <si>
     <t>Matrices d’origine biologique
 (y compris miel et boyaux)</t>
   </si>
   <si>
     <t>Carbamates</t>
   </si>
   <si>
     <t>Muscles</t>
   </si>
   <si>
     <t>Bêta-agonistes</t>
   </si>
   <si>
     <t>Œil (rétine)</t>
   </si>
   <si>
     <t>Benzimidazole et autres anthelmintiques</t>
   </si>
   <si>
-    <t>Avermectine</t>
+    <t>Avermectines</t>
   </si>
   <si>
     <t>HPLC/FLUO</t>
   </si>
   <si>
     <t>Foie</t>
   </si>
   <si>
     <t>AINS (Anti-inflammatoires non stéroïdiens)</t>
   </si>
   <si>
     <t>Anticoccidiens</t>
   </si>
   <si>
     <t>Antibiotiques</t>
   </si>
   <si>
     <t>Antibiotiques (microbiologie)</t>
   </si>
   <si>
     <t>Test microbiologique DelvoTest T</t>
   </si>
   <si>
     <t>Diffusion sur gélose</t>
   </si>
@@ -1979,64 +1980,64 @@
       <fill>
         <patternFill>
           <fgColor indexed="64"/>
           <bgColor rgb="FFFFEB9C"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{13FE9DEB-EC17-4436-943A-D1A9C1FB2B4A}" name="Tableau20" displayName="Tableau20" ref="A5:K765" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11">
-  <autoFilter ref="A5:K765" xr:uid="{0D3631E2-DC33-434D-955E-FFDE04194E69}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{BD82C49E-60FD-4891-B990-A280A6601836}" name="Tableau1" displayName="Tableau1" ref="A5:K766" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11">
+  <autoFilter ref="A5:K766" xr:uid="{90197091-8095-4209-B5BD-6EACC8DAFB52}"/>
   <tableColumns count="11">
-    <tableColumn id="1" xr3:uid="{ABCEA2A1-09C4-455D-A1CD-4A02FE17F56A}" name="Catégorie" dataDxfId="10"/>
-[...9 lines deleted...]
-    <tableColumn id="39" xr3:uid="{A0FEBD9E-C856-4846-BA43-5D3ED5AFE8CF}" name="Adresse" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{805A0C18-9745-4167-ADE5-C04377F59036}" name="Catégorie" dataDxfId="10"/>
+    <tableColumn id="2" xr3:uid="{A9C47C9A-0243-493B-91F2-BE273A8CCD6D}" name="GIP" dataDxfId="9"/>
+    <tableColumn id="3" xr3:uid="{27377B13-09FC-4CCE-B4B3-AA6ABD809107}" name="Région" dataDxfId="8"/>
+    <tableColumn id="4" xr3:uid="{8460C4D2-75D2-47B7-BF84-F78277890CDB}" name="Département" dataDxfId="7"/>
+    <tableColumn id="9" xr3:uid="{85B27070-C684-44AE-BE7C-19CC183B4137}" name="Analyte" dataDxfId="6"/>
+    <tableColumn id="10" xr3:uid="{D806C248-51F6-40F5-B5A5-482D39515A02}" name="Matrice" dataDxfId="5"/>
+    <tableColumn id="12" xr3:uid="{12586A7F-0FEA-4E9D-903F-3E6B07BA5642}" name="Méthode " dataDxfId="4"/>
+    <tableColumn id="18" xr3:uid="{5E6D02E4-2018-4CF6-B80E-A31ADD365011}" name="Dépistage / Confirmation / R" dataDxfId="3"/>
+    <tableColumn id="20" xr3:uid="{1E78EB83-1549-428E-9468-EE1421A83681}" name="Laboratoires " dataDxfId="2"/>
+    <tableColumn id="21" xr3:uid="{56BA9D90-FEAB-4F32-AFC7-44D8A5644086}" name="Agréé" dataDxfId="1"/>
+    <tableColumn id="39" xr3:uid="{3CFD53C9-51BC-417A-915D-7836A42FC024}" name="Adresse" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -2294,59 +2295,59 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47ADB931-6684-4A40-988E-ED5C90E1F95F}">
-  <dimension ref="A1:K765"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB2A5C31-8D6D-47AB-8345-C172D8C9B582}">
+  <dimension ref="A1:K766"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="J5" sqref="J5"/>
+      <selection activeCell="G6" sqref="G6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.7109375" style="2" customWidth="1"/>
     <col min="2" max="4" width="15.7109375" style="2" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" style="2" customWidth="1"/>
     <col min="6" max="7" width="20.7109375" style="2" customWidth="1"/>
     <col min="8" max="10" width="10.7109375" style="2" customWidth="1"/>
     <col min="11" max="11" width="35.7109375" style="2" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="21" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
@@ -2374,51 +2375,51 @@
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3" t="s">
         <v>3</v>
       </c>
       <c r="E3"/>
       <c r="F3"/>
       <c r="G3" t="s">
         <v>4</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>5</v>
       </c>
       <c r="K3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="5">
-        <v>45943</v>
+        <v>45964</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4" t="s">
         <v>9</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>10</v>
       </c>
       <c r="K4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
@@ -21690,5049 +21691,5085 @@
         <v>474</v>
       </c>
       <c r="F617" s="2" t="s">
         <v>372</v>
       </c>
       <c r="G617" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H617" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I617" s="2" t="s">
         <v>352</v>
       </c>
       <c r="J617" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K617" s="2" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="618" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A618" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B618" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C618" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D618" s="2" t="s">
-        <v>181</v>
+        <v>69</v>
       </c>
       <c r="E618" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F618" s="2" t="s">
         <v>372</v>
       </c>
       <c r="G618" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H618" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I618" s="2" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="J618" s="2" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="K618" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="619" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="619" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A619" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B619" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C619" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D619" s="2" t="s">
-        <v>373</v>
+        <v>181</v>
       </c>
       <c r="E619" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F619" s="2" t="s">
         <v>372</v>
       </c>
       <c r="G619" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H619" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I619" s="2" t="s">
-        <v>374</v>
+        <v>182</v>
       </c>
       <c r="J619" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K619" s="2" t="s">
-        <v>375</v>
+        <v>183</v>
       </c>
     </row>
     <row r="620" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A620" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B620" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="C620" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D620" s="2" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="E620" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F620" s="2" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="G620" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H620" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I620" s="2" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="J620" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K620" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="621" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="621" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A621" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C621" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D621" s="2" t="s">
-        <v>280</v>
+        <v>376</v>
       </c>
       <c r="E621" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F621" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G621" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H621" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I621" s="2" t="s">
-        <v>281</v>
+        <v>377</v>
       </c>
       <c r="J621" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K621" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="622" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="622" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A622" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C622" s="2" t="s">
-        <v>130</v>
+        <v>83</v>
       </c>
       <c r="D622" s="2" t="s">
-        <v>177</v>
+        <v>280</v>
       </c>
       <c r="E622" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F622" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G622" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H622" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I622" s="2" t="s">
-        <v>178</v>
+        <v>281</v>
       </c>
       <c r="J622" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K622" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="623" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="623" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A623" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B623" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C623" s="2" t="s">
-        <v>45</v>
+        <v>130</v>
       </c>
       <c r="D623" s="2" t="s">
-        <v>90</v>
+        <v>177</v>
       </c>
       <c r="E623" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F623" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G623" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H623" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I623" s="2" t="s">
-        <v>91</v>
+        <v>178</v>
       </c>
       <c r="J623" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K623" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="624" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="624" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A624" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B624" s="2" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
       <c r="C624" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D624" s="2" t="s">
-        <v>108</v>
+        <v>90</v>
       </c>
       <c r="E624" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F624" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G624" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H624" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I624" s="2" t="s">
-        <v>109</v>
+        <v>91</v>
       </c>
       <c r="J624" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K624" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="625" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="625" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A625" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B625" s="2" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="C625" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D625" s="2" t="s">
-        <v>150</v>
+        <v>108</v>
       </c>
       <c r="E625" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F625" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G625" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H625" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I625" s="2" t="s">
-        <v>352</v>
+        <v>109</v>
       </c>
       <c r="J625" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K625" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="626" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="626" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A626" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B626" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C626" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D626" s="2" t="s">
-        <v>69</v>
+        <v>150</v>
       </c>
       <c r="E626" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F626" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G626" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H626" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I626" s="2" t="s">
-        <v>200</v>
+        <v>352</v>
       </c>
       <c r="J626" s="2" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="K626" s="2" t="s">
-        <v>201</v>
+        <v>353</v>
       </c>
     </row>
     <row r="627" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A627" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B627" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C627" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D627" s="2" t="s">
-        <v>181</v>
+        <v>69</v>
       </c>
       <c r="E627" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F627" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G627" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H627" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I627" s="2" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="J627" s="2" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="K627" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="628" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="628" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A628" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B628" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C628" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D628" s="2" t="s">
-        <v>373</v>
+        <v>181</v>
       </c>
       <c r="E628" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F628" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G628" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H628" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I628" s="2" t="s">
-        <v>374</v>
+        <v>182</v>
       </c>
       <c r="J628" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K628" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="629" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="629" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A629" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B629" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="C629" s="2" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="D629" s="2" t="s">
-        <v>161</v>
+        <v>373</v>
       </c>
       <c r="E629" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F629" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G629" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H629" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I629" s="2" t="s">
-        <v>162</v>
+        <v>374</v>
       </c>
       <c r="J629" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K629" s="2" t="s">
-        <v>163</v>
+        <v>375</v>
       </c>
     </row>
     <row r="630" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A630" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C630" s="2" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="D630" s="2" t="s">
-        <v>376</v>
+        <v>161</v>
       </c>
       <c r="E630" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F630" s="2" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="G630" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H630" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I630" s="2" t="s">
-        <v>377</v>
+        <v>162</v>
       </c>
       <c r="J630" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K630" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="631" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="631" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A631" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C631" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D631" s="2" t="s">
-        <v>280</v>
+        <v>376</v>
       </c>
       <c r="E631" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F631" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G631" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H631" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I631" s="2" t="s">
-        <v>281</v>
+        <v>377</v>
       </c>
       <c r="J631" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K631" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="632" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="632" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A632" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C632" s="2" t="s">
-        <v>130</v>
+        <v>83</v>
       </c>
       <c r="D632" s="2" t="s">
-        <v>177</v>
+        <v>280</v>
       </c>
       <c r="E632" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F632" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G632" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H632" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I632" s="2" t="s">
-        <v>178</v>
+        <v>281</v>
       </c>
       <c r="J632" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K632" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="633" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="633" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A633" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B633" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C633" s="2" t="s">
-        <v>45</v>
+        <v>130</v>
       </c>
       <c r="D633" s="2" t="s">
-        <v>90</v>
+        <v>177</v>
       </c>
       <c r="E633" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F633" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G633" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H633" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I633" s="2" t="s">
-        <v>91</v>
+        <v>178</v>
       </c>
       <c r="J633" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K633" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="634" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="634" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A634" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B634" s="2" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
       <c r="C634" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D634" s="2" t="s">
-        <v>108</v>
+        <v>90</v>
       </c>
       <c r="E634" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F634" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G634" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H634" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I634" s="2" t="s">
-        <v>109</v>
+        <v>91</v>
       </c>
       <c r="J634" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K634" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="635" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="635" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A635" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B635" s="2" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="C635" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D635" s="2" t="s">
-        <v>150</v>
+        <v>108</v>
       </c>
       <c r="E635" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F635" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G635" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H635" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I635" s="2" t="s">
-        <v>352</v>
+        <v>109</v>
       </c>
       <c r="J635" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K635" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="636" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="636" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A636" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B636" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C636" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D636" s="2" t="s">
-        <v>69</v>
+        <v>150</v>
       </c>
       <c r="E636" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F636" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G636" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H636" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I636" s="2" t="s">
-        <v>200</v>
+        <v>352</v>
       </c>
       <c r="J636" s="2" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="K636" s="2" t="s">
-        <v>201</v>
+        <v>353</v>
       </c>
     </row>
     <row r="637" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A637" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B637" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C637" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D637" s="2" t="s">
-        <v>181</v>
+        <v>69</v>
       </c>
       <c r="E637" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F637" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G637" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H637" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I637" s="2" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="J637" s="2" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="K637" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="638" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="638" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A638" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B638" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C638" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D638" s="2" t="s">
-        <v>373</v>
+        <v>181</v>
       </c>
       <c r="E638" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F638" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G638" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H638" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I638" s="2" t="s">
-        <v>374</v>
+        <v>182</v>
       </c>
       <c r="J638" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K638" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="639" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="639" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A639" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B639" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="C639" s="2" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="D639" s="2" t="s">
-        <v>161</v>
+        <v>373</v>
       </c>
       <c r="E639" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F639" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G639" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H639" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I639" s="2" t="s">
-        <v>162</v>
+        <v>374</v>
       </c>
       <c r="J639" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K639" s="2" t="s">
-        <v>163</v>
+        <v>375</v>
       </c>
     </row>
     <row r="640" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A640" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C640" s="2" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="D640" s="2" t="s">
-        <v>376</v>
+        <v>161</v>
       </c>
       <c r="E640" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F640" s="2" t="s">
-        <v>402</v>
+        <v>380</v>
       </c>
       <c r="G640" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H640" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I640" s="2" t="s">
-        <v>377</v>
+        <v>162</v>
       </c>
       <c r="J640" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K640" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="641" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="641" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A641" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C641" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D641" s="2" t="s">
-        <v>280</v>
+        <v>376</v>
       </c>
       <c r="E641" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F641" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G641" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H641" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I641" s="2" t="s">
-        <v>281</v>
+        <v>377</v>
       </c>
       <c r="J641" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K641" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="642" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="642" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A642" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C642" s="2" t="s">
-        <v>130</v>
+        <v>83</v>
       </c>
       <c r="D642" s="2" t="s">
-        <v>177</v>
+        <v>280</v>
       </c>
       <c r="E642" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F642" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G642" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H642" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I642" s="2" t="s">
-        <v>178</v>
+        <v>281</v>
       </c>
       <c r="J642" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K642" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="643" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="643" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A643" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B643" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C643" s="2" t="s">
-        <v>45</v>
+        <v>130</v>
       </c>
       <c r="D643" s="2" t="s">
-        <v>90</v>
+        <v>177</v>
       </c>
       <c r="E643" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F643" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G643" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H643" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I643" s="2" t="s">
-        <v>91</v>
+        <v>178</v>
       </c>
       <c r="J643" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K643" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="644" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="644" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A644" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B644" s="2" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
       <c r="C644" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D644" s="2" t="s">
-        <v>108</v>
+        <v>90</v>
       </c>
       <c r="E644" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F644" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G644" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H644" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I644" s="2" t="s">
-        <v>109</v>
+        <v>91</v>
       </c>
       <c r="J644" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K644" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="645" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="645" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A645" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B645" s="2" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="C645" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D645" s="2" t="s">
-        <v>150</v>
+        <v>108</v>
       </c>
       <c r="E645" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F645" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G645" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H645" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I645" s="2" t="s">
-        <v>352</v>
+        <v>109</v>
       </c>
       <c r="J645" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K645" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="646" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="646" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A646" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B646" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C646" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D646" s="2" t="s">
-        <v>69</v>
+        <v>150</v>
       </c>
       <c r="E646" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F646" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G646" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H646" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I646" s="2" t="s">
-        <v>200</v>
+        <v>352</v>
       </c>
       <c r="J646" s="2" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="K646" s="2" t="s">
-        <v>201</v>
+        <v>353</v>
       </c>
     </row>
     <row r="647" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A647" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B647" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C647" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D647" s="2" t="s">
-        <v>181</v>
+        <v>69</v>
       </c>
       <c r="E647" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F647" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G647" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H647" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I647" s="2" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="J647" s="2" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="K647" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="648" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="648" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A648" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B648" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C648" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D648" s="2" t="s">
-        <v>373</v>
+        <v>181</v>
       </c>
       <c r="E648" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F648" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G648" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H648" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I648" s="2" t="s">
-        <v>374</v>
+        <v>182</v>
       </c>
       <c r="J648" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K648" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="649" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="649" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A649" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B649" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="C649" s="2" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="D649" s="2" t="s">
-        <v>161</v>
+        <v>373</v>
       </c>
       <c r="E649" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F649" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G649" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H649" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I649" s="2" t="s">
-        <v>162</v>
+        <v>374</v>
       </c>
       <c r="J649" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K649" s="2" t="s">
-        <v>163</v>
+        <v>375</v>
       </c>
     </row>
     <row r="650" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A650" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C650" s="2" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="D650" s="2" t="s">
-        <v>376</v>
+        <v>161</v>
       </c>
       <c r="E650" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>475</v>
+        <v>402</v>
       </c>
       <c r="G650" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H650" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I650" s="2" t="s">
-        <v>377</v>
+        <v>162</v>
       </c>
       <c r="J650" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K650" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="651" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="651" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A651" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C651" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D651" s="2" t="s">
-        <v>280</v>
+        <v>376</v>
       </c>
       <c r="E651" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F651" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G651" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H651" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I651" s="2" t="s">
-        <v>281</v>
+        <v>377</v>
       </c>
       <c r="J651" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K651" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="652" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="652" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A652" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C652" s="2" t="s">
-        <v>130</v>
+        <v>83</v>
       </c>
       <c r="D652" s="2" t="s">
-        <v>177</v>
+        <v>280</v>
       </c>
       <c r="E652" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F652" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G652" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H652" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I652" s="2" t="s">
-        <v>178</v>
+        <v>281</v>
       </c>
       <c r="J652" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K652" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="653" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="653" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A653" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B653" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C653" s="2" t="s">
-        <v>45</v>
+        <v>130</v>
       </c>
       <c r="D653" s="2" t="s">
-        <v>90</v>
+        <v>177</v>
       </c>
       <c r="E653" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F653" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G653" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H653" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I653" s="2" t="s">
-        <v>91</v>
+        <v>178</v>
       </c>
       <c r="J653" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K653" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="654" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="654" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A654" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B654" s="2" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
       <c r="C654" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D654" s="2" t="s">
-        <v>108</v>
+        <v>90</v>
       </c>
       <c r="E654" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F654" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G654" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H654" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I654" s="2" t="s">
-        <v>109</v>
+        <v>91</v>
       </c>
       <c r="J654" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K654" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="655" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="655" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A655" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B655" s="2" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="C655" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D655" s="2" t="s">
-        <v>150</v>
+        <v>108</v>
       </c>
       <c r="E655" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F655" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G655" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H655" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I655" s="2" t="s">
-        <v>352</v>
+        <v>109</v>
       </c>
       <c r="J655" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K655" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="656" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="656" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A656" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B656" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C656" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D656" s="2" t="s">
-        <v>69</v>
+        <v>150</v>
       </c>
       <c r="E656" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F656" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G656" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H656" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I656" s="2" t="s">
-        <v>200</v>
+        <v>352</v>
       </c>
       <c r="J656" s="2" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="K656" s="2" t="s">
-        <v>201</v>
+        <v>353</v>
       </c>
     </row>
     <row r="657" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A657" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B657" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C657" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D657" s="2" t="s">
-        <v>181</v>
+        <v>69</v>
       </c>
       <c r="E657" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F657" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G657" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H657" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I657" s="2" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="J657" s="2" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="K657" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="658" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="658" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A658" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B658" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C658" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D658" s="2" t="s">
-        <v>373</v>
+        <v>181</v>
       </c>
       <c r="E658" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F658" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G658" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H658" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I658" s="2" t="s">
-        <v>374</v>
+        <v>182</v>
       </c>
       <c r="J658" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K658" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="659" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="659" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A659" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B659" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="C659" s="2" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="D659" s="2" t="s">
-        <v>161</v>
+        <v>373</v>
       </c>
       <c r="E659" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F659" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G659" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H659" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I659" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="J659" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="K659" s="2" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="660" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+      <c r="A660" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C660" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D660" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="E660" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="F660" s="2" t="s">
+        <v>475</v>
+      </c>
+      <c r="G660" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="H660" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="I660" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="J659" s="2" t="s">
-[...2 lines deleted...]
-      <c r="K659" s="2" t="s">
+      <c r="J660" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="K660" s="2" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="660" spans="1:11" ht="75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C660" s="2" t="s">
+    <row r="661" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+      <c r="A661" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C661" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="D660" s="2" t="s">
+      <c r="D661" s="2" t="s">
         <v>150</v>
-      </c>
-[...30 lines deleted...]
-        <v>114</v>
       </c>
       <c r="E661" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F661" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G661" s="2" t="s">
-        <v>427</v>
+        <v>27</v>
       </c>
       <c r="H661" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I661" s="2" t="s">
-        <v>118</v>
+        <v>369</v>
       </c>
       <c r="J661" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K661" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="662" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="662" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A662" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C662" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D662" s="2" t="s">
-        <v>46</v>
+        <v>114</v>
       </c>
       <c r="E662" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F662" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G662" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H662" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I662" s="2" t="s">
-        <v>47</v>
+        <v>118</v>
       </c>
       <c r="J662" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K662" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="663" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="663" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A663" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B663" s="2" t="s">
-        <v>156</v>
+        <v>44</v>
       </c>
       <c r="C663" s="2" t="s">
-        <v>157</v>
+        <v>45</v>
       </c>
       <c r="D663" s="2" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="E663" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F663" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G663" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H663" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I663" s="2" t="s">
-        <v>322</v>
+        <v>47</v>
       </c>
       <c r="J663" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K663" s="2" t="s">
-        <v>323</v>
+        <v>48</v>
       </c>
     </row>
     <row r="664" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A664" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B664" s="2" t="s">
-        <v>44</v>
+        <v>156</v>
       </c>
       <c r="C664" s="2" t="s">
-        <v>68</v>
+        <v>157</v>
       </c>
       <c r="D664" s="2" t="s">
-        <v>120</v>
+        <v>321</v>
       </c>
       <c r="E664" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F664" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G664" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H664" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I664" s="2" t="s">
-        <v>121</v>
+        <v>322</v>
       </c>
       <c r="J664" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K664" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="665" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="665" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A665" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B665" s="2" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
       <c r="C665" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D665" s="2" t="s">
-        <v>108</v>
+        <v>120</v>
       </c>
       <c r="E665" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F665" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G665" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H665" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I665" s="2" t="s">
-        <v>109</v>
+        <v>121</v>
       </c>
       <c r="J665" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K665" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="666" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="666" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A666" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B666" s="2" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="C666" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D666" s="2" t="s">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="E666" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F666" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G666" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H666" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I666" s="2" t="s">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="J666" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K666" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="667" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="667" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A667" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B667" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C667" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D667" s="2" t="s">
-        <v>181</v>
+        <v>94</v>
       </c>
       <c r="E667" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F667" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G667" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H667" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I667" s="2" t="s">
-        <v>182</v>
+        <v>95</v>
       </c>
       <c r="J667" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K667" s="2" t="s">
-        <v>183</v>
+        <v>96</v>
       </c>
     </row>
     <row r="668" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A668" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C668" s="2" t="s">
-        <v>68</v>
+        <v>180</v>
       </c>
       <c r="D668" s="2" t="s">
-        <v>150</v>
+        <v>181</v>
       </c>
       <c r="E668" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F668" s="2" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="G668" s="2" t="s">
-        <v>27</v>
+        <v>427</v>
       </c>
       <c r="H668" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I668" s="2" t="s">
-        <v>369</v>
+        <v>182</v>
       </c>
       <c r="J668" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K668" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="669" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="669" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A669" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C669" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D669" s="2" t="s">
-        <v>114</v>
+        <v>150</v>
       </c>
       <c r="E669" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F669" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G669" s="2" t="s">
-        <v>427</v>
+        <v>27</v>
       </c>
       <c r="H669" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I669" s="2" t="s">
-        <v>118</v>
+        <v>369</v>
       </c>
       <c r="J669" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K669" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="670" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="670" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A670" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C670" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D670" s="2" t="s">
-        <v>46</v>
+        <v>114</v>
       </c>
       <c r="E670" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F670" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G670" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H670" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I670" s="2" t="s">
-        <v>47</v>
+        <v>118</v>
       </c>
       <c r="J670" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K670" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="671" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="671" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A671" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B671" s="2" t="s">
-        <v>156</v>
+        <v>44</v>
       </c>
       <c r="C671" s="2" t="s">
-        <v>157</v>
+        <v>45</v>
       </c>
       <c r="D671" s="2" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="E671" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F671" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G671" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H671" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I671" s="2" t="s">
-        <v>322</v>
+        <v>47</v>
       </c>
       <c r="J671" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K671" s="2" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="672" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="672" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A672" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B672" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C672" s="2" t="s">
-        <v>130</v>
+        <v>157</v>
       </c>
       <c r="D672" s="2" t="s">
-        <v>177</v>
+        <v>321</v>
       </c>
       <c r="E672" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F672" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G672" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H672" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I672" s="2" t="s">
-        <v>178</v>
+        <v>322</v>
       </c>
       <c r="J672" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K672" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="673" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="673" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A673" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B673" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C673" s="2" t="s">
-        <v>68</v>
+        <v>130</v>
       </c>
       <c r="D673" s="2" t="s">
-        <v>120</v>
+        <v>177</v>
       </c>
       <c r="E673" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F673" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G673" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H673" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I673" s="2" t="s">
-        <v>121</v>
+        <v>178</v>
       </c>
       <c r="J673" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K673" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="674" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="674" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A674" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B674" s="2" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
       <c r="C674" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D674" s="2" t="s">
-        <v>108</v>
+        <v>120</v>
       </c>
       <c r="E674" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F674" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G674" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H674" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I674" s="2" t="s">
-        <v>109</v>
+        <v>121</v>
       </c>
       <c r="J674" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K674" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="675" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="675" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A675" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B675" s="2" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="C675" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D675" s="2" t="s">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="E675" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F675" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G675" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H675" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I675" s="2" t="s">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="J675" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K675" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="676" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="676" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A676" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B676" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C676" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D676" s="2" t="s">
-        <v>181</v>
+        <v>94</v>
       </c>
       <c r="E676" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F676" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G676" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H676" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I676" s="2" t="s">
-        <v>182</v>
+        <v>95</v>
       </c>
       <c r="J676" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K676" s="2" t="s">
-        <v>183</v>
+        <v>96</v>
       </c>
     </row>
     <row r="677" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A677" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C677" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="D677" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="E677" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="F677" s="2" t="s">
+        <v>397</v>
+      </c>
+      <c r="G677" s="2" t="s">
+        <v>427</v>
+      </c>
+      <c r="H677" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="I677" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="J677" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="K677" s="2" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="678" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+      <c r="A678" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C678" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="D677" s="2" t="s">
+      <c r="D678" s="2" t="s">
         <v>150</v>
-      </c>
-[...33 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E678" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F678" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G678" s="2" t="s">
-        <v>478</v>
+        <v>27</v>
       </c>
       <c r="H678" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I678" s="2" t="s">
-        <v>47</v>
+        <v>369</v>
       </c>
       <c r="J678" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K678" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="679" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="679" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A679" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B679" s="2" t="s">
-        <v>156</v>
+        <v>44</v>
       </c>
       <c r="C679" s="2" t="s">
-        <v>157</v>
+        <v>45</v>
       </c>
       <c r="D679" s="2" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="E679" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F679" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G679" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H679" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I679" s="2" t="s">
-        <v>322</v>
+        <v>47</v>
       </c>
       <c r="J679" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K679" s="2" t="s">
-        <v>323</v>
+        <v>48</v>
       </c>
     </row>
     <row r="680" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A680" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B680" s="2" t="s">
-        <v>93</v>
+        <v>156</v>
       </c>
       <c r="C680" s="2" t="s">
-        <v>68</v>
+        <v>157</v>
       </c>
       <c r="D680" s="2" t="s">
-        <v>94</v>
+        <v>321</v>
       </c>
       <c r="E680" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F680" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G680" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H680" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I680" s="2" t="s">
-        <v>95</v>
+        <v>322</v>
       </c>
       <c r="J680" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K680" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="681" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="681" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A681" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B681" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C681" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D681" s="2" t="s">
-        <v>181</v>
+        <v>94</v>
       </c>
       <c r="E681" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F681" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G681" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H681" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I681" s="2" t="s">
-        <v>182</v>
+        <v>95</v>
       </c>
       <c r="J681" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K681" s="2" t="s">
-        <v>183</v>
+        <v>96</v>
       </c>
     </row>
     <row r="682" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A682" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C682" s="2" t="s">
-        <v>68</v>
+        <v>180</v>
       </c>
       <c r="D682" s="2" t="s">
-        <v>150</v>
+        <v>181</v>
       </c>
       <c r="E682" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F682" s="2" t="s">
-        <v>479</v>
+        <v>436</v>
       </c>
       <c r="G682" s="2" t="s">
-        <v>27</v>
+        <v>478</v>
       </c>
       <c r="H682" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I682" s="2" t="s">
-        <v>369</v>
+        <v>182</v>
       </c>
       <c r="J682" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K682" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="683" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="683" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A683" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B683" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C683" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D683" s="2" t="s">
-        <v>46</v>
+        <v>150</v>
       </c>
       <c r="E683" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F683" s="2" t="s">
         <v>479</v>
       </c>
       <c r="G683" s="2" t="s">
-        <v>478</v>
+        <v>27</v>
       </c>
       <c r="H683" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I683" s="2" t="s">
-        <v>47</v>
+        <v>369</v>
       </c>
       <c r="J683" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K683" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="684" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="684" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A684" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B684" s="2" t="s">
-        <v>156</v>
+        <v>44</v>
       </c>
       <c r="C684" s="2" t="s">
-        <v>157</v>
+        <v>45</v>
       </c>
       <c r="D684" s="2" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="E684" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F684" s="2" t="s">
         <v>479</v>
       </c>
       <c r="G684" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H684" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I684" s="2" t="s">
-        <v>322</v>
+        <v>47</v>
       </c>
       <c r="J684" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K684" s="2" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="685" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="685" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A685" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B685" s="2" t="s">
-        <v>93</v>
+        <v>156</v>
       </c>
       <c r="C685" s="2" t="s">
-        <v>68</v>
+        <v>157</v>
       </c>
       <c r="D685" s="2" t="s">
-        <v>150</v>
+        <v>321</v>
       </c>
       <c r="E685" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F685" s="2" t="s">
         <v>479</v>
       </c>
       <c r="G685" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H685" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I685" s="2" t="s">
-        <v>352</v>
+        <v>322</v>
       </c>
       <c r="J685" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K685" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="686" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="686" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A686" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B686" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C686" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D686" s="2" t="s">
-        <v>94</v>
+        <v>150</v>
       </c>
       <c r="E686" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F686" s="2" t="s">
         <v>479</v>
       </c>
       <c r="G686" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H686" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I686" s="2" t="s">
-        <v>95</v>
+        <v>352</v>
       </c>
       <c r="J686" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K686" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="687" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="687" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A687" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B687" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C687" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D687" s="2" t="s">
-        <v>181</v>
+        <v>94</v>
       </c>
       <c r="E687" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F687" s="2" t="s">
         <v>479</v>
       </c>
       <c r="G687" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H687" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I687" s="2" t="s">
-        <v>182</v>
+        <v>95</v>
       </c>
       <c r="J687" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K687" s="2" t="s">
-        <v>183</v>
+        <v>96</v>
       </c>
     </row>
     <row r="688" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A688" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C688" s="2" t="s">
-        <v>68</v>
+        <v>180</v>
       </c>
       <c r="D688" s="2" t="s">
-        <v>150</v>
+        <v>181</v>
       </c>
       <c r="E688" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F688" s="2" t="s">
-        <v>344</v>
+        <v>479</v>
       </c>
       <c r="G688" s="2" t="s">
-        <v>27</v>
+        <v>478</v>
       </c>
       <c r="H688" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I688" s="2" t="s">
-        <v>369</v>
+        <v>182</v>
       </c>
       <c r="J688" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K688" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="689" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="689" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A689" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B689" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C689" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D689" s="2" t="s">
-        <v>46</v>
+        <v>150</v>
       </c>
       <c r="E689" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F689" s="2" t="s">
         <v>344</v>
       </c>
       <c r="G689" s="2" t="s">
-        <v>478</v>
+        <v>27</v>
       </c>
       <c r="H689" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I689" s="2" t="s">
-        <v>47</v>
+        <v>369</v>
       </c>
       <c r="J689" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K689" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="690" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="690" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A690" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B690" s="2" t="s">
-        <v>156</v>
+        <v>44</v>
       </c>
       <c r="C690" s="2" t="s">
-        <v>157</v>
+        <v>45</v>
       </c>
       <c r="D690" s="2" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="E690" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F690" s="2" t="s">
         <v>344</v>
       </c>
       <c r="G690" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H690" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I690" s="2" t="s">
-        <v>322</v>
+        <v>47</v>
       </c>
       <c r="J690" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K690" s="2" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="691" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="691" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A691" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B691" s="2" t="s">
-        <v>93</v>
+        <v>156</v>
       </c>
       <c r="C691" s="2" t="s">
-        <v>68</v>
+        <v>157</v>
       </c>
       <c r="D691" s="2" t="s">
-        <v>150</v>
+        <v>321</v>
       </c>
       <c r="E691" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F691" s="2" t="s">
         <v>344</v>
       </c>
       <c r="G691" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H691" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I691" s="2" t="s">
-        <v>352</v>
+        <v>322</v>
       </c>
       <c r="J691" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K691" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="692" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="692" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A692" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B692" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C692" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D692" s="2" t="s">
-        <v>94</v>
+        <v>150</v>
       </c>
       <c r="E692" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F692" s="2" t="s">
         <v>344</v>
       </c>
       <c r="G692" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H692" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I692" s="2" t="s">
-        <v>95</v>
+        <v>352</v>
       </c>
       <c r="J692" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K692" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="693" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="693" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A693" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B693" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C693" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D693" s="2" t="s">
-        <v>181</v>
+        <v>94</v>
       </c>
       <c r="E693" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F693" s="2" t="s">
         <v>344</v>
       </c>
       <c r="G693" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H693" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I693" s="2" t="s">
-        <v>182</v>
+        <v>95</v>
       </c>
       <c r="J693" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K693" s="2" t="s">
-        <v>183</v>
+        <v>96</v>
       </c>
     </row>
     <row r="694" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A694" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C694" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="D694" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="E694" s="2" t="s">
+        <v>477</v>
+      </c>
+      <c r="F694" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="G694" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="H694" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="I694" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="J694" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="K694" s="2" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="695" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+      <c r="A695" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C695" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="D694" s="2" t="s">
+      <c r="D695" s="2" t="s">
         <v>150</v>
-      </c>
-[...30 lines deleted...]
-        <v>114</v>
       </c>
       <c r="E695" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F695" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G695" s="2" t="s">
-        <v>427</v>
+        <v>27</v>
       </c>
       <c r="H695" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I695" s="2" t="s">
-        <v>118</v>
+        <v>369</v>
       </c>
       <c r="J695" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K695" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="696" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="696" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A696" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C696" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D696" s="2" t="s">
-        <v>46</v>
+        <v>114</v>
       </c>
       <c r="E696" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F696" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G696" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H696" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I696" s="2" t="s">
-        <v>47</v>
+        <v>118</v>
       </c>
       <c r="J696" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K696" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="697" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="697" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A697" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B697" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C697" s="2" t="s">
-        <v>130</v>
+        <v>45</v>
       </c>
       <c r="D697" s="2" t="s">
-        <v>177</v>
+        <v>46</v>
       </c>
       <c r="E697" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F697" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G697" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H697" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I697" s="2" t="s">
-        <v>178</v>
+        <v>47</v>
       </c>
       <c r="J697" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K697" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="698" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="698" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A698" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B698" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C698" s="2" t="s">
-        <v>68</v>
+        <v>130</v>
       </c>
       <c r="D698" s="2" t="s">
-        <v>120</v>
+        <v>177</v>
       </c>
       <c r="E698" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F698" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G698" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H698" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I698" s="2" t="s">
-        <v>121</v>
+        <v>178</v>
       </c>
       <c r="J698" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K698" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="699" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="699" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A699" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B699" s="2" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
       <c r="C699" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D699" s="2" t="s">
-        <v>108</v>
+        <v>120</v>
       </c>
       <c r="E699" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F699" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G699" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H699" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I699" s="2" t="s">
-        <v>109</v>
+        <v>121</v>
       </c>
       <c r="J699" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K699" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="700" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="700" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A700" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B700" s="2" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="C700" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D700" s="2" t="s">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="E700" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F700" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G700" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H700" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I700" s="2" t="s">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="J700" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K700" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="701" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="701" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A701" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B701" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C701" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D701" s="2" t="s">
-        <v>181</v>
+        <v>94</v>
       </c>
       <c r="E701" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F701" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G701" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H701" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I701" s="2" t="s">
-        <v>182</v>
+        <v>95</v>
       </c>
       <c r="J701" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K701" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="702" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="702" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A702" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B702" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C702" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D702" s="2" t="s">
-        <v>123</v>
+        <v>181</v>
       </c>
       <c r="E702" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F702" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G702" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H702" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I702" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="J702" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="K702" s="2" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="703" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+      <c r="A703" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B703" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C703" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D703" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E703" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="F703" s="2" t="s">
+        <v>397</v>
+      </c>
+      <c r="G703" s="2" t="s">
+        <v>427</v>
+      </c>
+      <c r="H703" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="I703" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="J702" s="2" t="s">
-[...2 lines deleted...]
-      <c r="K702" s="2" t="s">
+      <c r="J703" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="K703" s="2" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="703" spans="1:11" ht="75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C703" s="2" t="s">
+    <row r="704" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+      <c r="A704" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C704" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="D703" s="2" t="s">
+      <c r="D704" s="2" t="s">
         <v>150</v>
-      </c>
-[...30 lines deleted...]
-        <v>114</v>
       </c>
       <c r="E704" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F704" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G704" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H704" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I704" s="2" t="s">
-        <v>118</v>
+        <v>369</v>
       </c>
       <c r="J704" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K704" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="705" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="705" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A705" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C705" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D705" s="2" t="s">
-        <v>46</v>
+        <v>114</v>
       </c>
       <c r="E705" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F705" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G705" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H705" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I705" s="2" t="s">
-        <v>47</v>
+        <v>118</v>
       </c>
       <c r="J705" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K705" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="706" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="706" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A706" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B706" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C706" s="2" t="s">
-        <v>130</v>
+        <v>45</v>
       </c>
       <c r="D706" s="2" t="s">
-        <v>177</v>
+        <v>46</v>
       </c>
       <c r="E706" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F706" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G706" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H706" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I706" s="2" t="s">
-        <v>178</v>
+        <v>47</v>
       </c>
       <c r="J706" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K706" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="707" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="707" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A707" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B707" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C707" s="2" t="s">
-        <v>68</v>
+        <v>130</v>
       </c>
       <c r="D707" s="2" t="s">
-        <v>120</v>
+        <v>177</v>
       </c>
       <c r="E707" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F707" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G707" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H707" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I707" s="2" t="s">
-        <v>121</v>
+        <v>178</v>
       </c>
       <c r="J707" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K707" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="708" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="708" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A708" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B708" s="2" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
       <c r="C708" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D708" s="2" t="s">
-        <v>108</v>
+        <v>120</v>
       </c>
       <c r="E708" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F708" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G708" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H708" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I708" s="2" t="s">
-        <v>109</v>
+        <v>121</v>
       </c>
       <c r="J708" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K708" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="709" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="709" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A709" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B709" s="2" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="C709" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D709" s="2" t="s">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="E709" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F709" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G709" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H709" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I709" s="2" t="s">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="J709" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K709" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="710" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="710" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A710" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B710" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C710" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D710" s="2" t="s">
-        <v>181</v>
+        <v>94</v>
       </c>
       <c r="E710" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F710" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G710" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H710" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I710" s="2" t="s">
-        <v>182</v>
+        <v>95</v>
       </c>
       <c r="J710" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K710" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="711" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="711" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A711" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B711" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C711" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D711" s="2" t="s">
-        <v>123</v>
+        <v>181</v>
       </c>
       <c r="E711" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F711" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G711" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H711" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I711" s="2" t="s">
-        <v>124</v>
+        <v>182</v>
       </c>
       <c r="J711" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K711" s="2" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="712" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="712" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A712" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B712" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="C712" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D712" s="2" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="E712" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F712" s="2" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
       <c r="G712" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H712" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I712" s="2" t="s">
-        <v>369</v>
+        <v>124</v>
       </c>
       <c r="J712" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K712" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="713" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="713" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A713" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C713" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D713" s="2" t="s">
-        <v>114</v>
+        <v>150</v>
       </c>
       <c r="E713" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F713" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G713" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H713" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I713" s="2" t="s">
-        <v>118</v>
+        <v>369</v>
       </c>
       <c r="J713" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K713" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="714" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="714" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A714" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C714" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D714" s="2" t="s">
-        <v>46</v>
+        <v>114</v>
       </c>
       <c r="E714" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F714" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G714" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H714" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I714" s="2" t="s">
-        <v>47</v>
+        <v>118</v>
       </c>
       <c r="J714" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K714" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="715" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="715" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A715" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B715" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C715" s="2" t="s">
-        <v>130</v>
+        <v>45</v>
       </c>
       <c r="D715" s="2" t="s">
-        <v>177</v>
+        <v>46</v>
       </c>
       <c r="E715" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F715" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G715" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H715" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I715" s="2" t="s">
-        <v>178</v>
+        <v>47</v>
       </c>
       <c r="J715" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K715" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="716" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="716" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A716" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B716" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C716" s="2" t="s">
-        <v>68</v>
+        <v>130</v>
       </c>
       <c r="D716" s="2" t="s">
-        <v>120</v>
+        <v>177</v>
       </c>
       <c r="E716" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F716" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G716" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H716" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I716" s="2" t="s">
-        <v>121</v>
+        <v>178</v>
       </c>
       <c r="J716" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K716" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="717" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="717" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A717" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B717" s="2" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
       <c r="C717" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D717" s="2" t="s">
-        <v>108</v>
+        <v>120</v>
       </c>
       <c r="E717" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F717" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G717" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H717" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I717" s="2" t="s">
-        <v>109</v>
+        <v>121</v>
       </c>
       <c r="J717" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K717" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="718" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="718" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A718" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B718" s="2" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="C718" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D718" s="2" t="s">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="E718" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F718" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G718" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H718" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I718" s="2" t="s">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="J718" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K718" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="719" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="719" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A719" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B719" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C719" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D719" s="2" t="s">
-        <v>181</v>
+        <v>94</v>
       </c>
       <c r="E719" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F719" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G719" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H719" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I719" s="2" t="s">
-        <v>182</v>
+        <v>95</v>
       </c>
       <c r="J719" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K719" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="720" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="720" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A720" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B720" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C720" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D720" s="2" t="s">
-        <v>123</v>
+        <v>181</v>
       </c>
       <c r="E720" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F720" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G720" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H720" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I720" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="J720" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="K720" s="2" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="721" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+      <c r="A721" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B721" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C721" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D721" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E721" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="F721" s="2" t="s">
+        <v>382</v>
+      </c>
+      <c r="G721" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="H721" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="I721" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="J720" s="2" t="s">
-[...2 lines deleted...]
-      <c r="K720" s="2" t="s">
+      <c r="J721" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="K721" s="2" t="s">
         <v>125</v>
-      </c>
-[...30 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="722" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A722" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C722" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D722" s="2" t="s">
         <v>150</v>
       </c>
       <c r="E722" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="F722" s="2" t="s">
-        <v>436</v>
+        <v>413</v>
       </c>
       <c r="G722" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H722" s="2" t="s">
-        <v>338</v>
+        <v>405</v>
       </c>
       <c r="I722" s="2" t="s">
         <v>369</v>
       </c>
       <c r="J722" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K722" s="2" t="s">
         <v>370</v>
       </c>
     </row>
-    <row r="723" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+    <row r="723" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A723" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C723" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D723" s="2" t="s">
-        <v>114</v>
+        <v>150</v>
       </c>
       <c r="E723" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F723" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G723" s="2" t="s">
-        <v>484</v>
+        <v>27</v>
       </c>
       <c r="H723" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I723" s="2" t="s">
-        <v>118</v>
+        <v>369</v>
       </c>
       <c r="J723" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K723" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="724" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="724" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A724" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C724" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D724" s="2" t="s">
-        <v>46</v>
+        <v>114</v>
       </c>
       <c r="E724" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F724" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G724" s="2" t="s">
         <v>484</v>
       </c>
       <c r="H724" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I724" s="2" t="s">
-        <v>47</v>
+        <v>118</v>
       </c>
       <c r="J724" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K724" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="725" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="725" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A725" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B725" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C725" s="2" t="s">
-        <v>130</v>
+        <v>45</v>
       </c>
       <c r="D725" s="2" t="s">
-        <v>177</v>
+        <v>46</v>
       </c>
       <c r="E725" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F725" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G725" s="2" t="s">
         <v>484</v>
       </c>
       <c r="H725" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I725" s="2" t="s">
-        <v>178</v>
+        <v>47</v>
       </c>
       <c r="J725" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K725" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="726" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="726" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A726" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B726" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C726" s="2" t="s">
-        <v>68</v>
+        <v>130</v>
       </c>
       <c r="D726" s="2" t="s">
-        <v>120</v>
+        <v>177</v>
       </c>
       <c r="E726" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F726" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G726" s="2" t="s">
         <v>484</v>
       </c>
       <c r="H726" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I726" s="2" t="s">
-        <v>121</v>
+        <v>178</v>
       </c>
       <c r="J726" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K726" s="2" t="s">
-        <v>122</v>
+        <v>179</v>
       </c>
     </row>
     <row r="727" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A727" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B727" s="2" t="s">
-        <v>93</v>
+        <v>44</v>
       </c>
       <c r="C727" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D727" s="2" t="s">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="E727" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F727" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G727" s="2" t="s">
         <v>484</v>
       </c>
       <c r="H727" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I727" s="2" t="s">
-        <v>151</v>
+        <v>121</v>
       </c>
       <c r="J727" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K727" s="2" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="728" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="728" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A728" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B728" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C728" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D728" s="2" t="s">
-        <v>181</v>
+        <v>150</v>
       </c>
       <c r="E728" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F728" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G728" s="2" t="s">
         <v>484</v>
       </c>
       <c r="H728" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I728" s="2" t="s">
-        <v>182</v>
+        <v>151</v>
       </c>
       <c r="J728" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K728" s="2" t="s">
-        <v>183</v>
+        <v>152</v>
       </c>
     </row>
     <row r="729" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A729" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C729" s="2" t="s">
-        <v>68</v>
+        <v>180</v>
       </c>
       <c r="D729" s="2" t="s">
-        <v>150</v>
+        <v>181</v>
       </c>
       <c r="E729" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F729" s="2" t="s">
-        <v>382</v>
+        <v>436</v>
       </c>
       <c r="G729" s="2" t="s">
-        <v>27</v>
+        <v>484</v>
       </c>
       <c r="H729" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I729" s="2" t="s">
-        <v>369</v>
+        <v>182</v>
       </c>
       <c r="J729" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K729" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="730" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="730" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A730" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C730" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D730" s="2" t="s">
-        <v>114</v>
+        <v>150</v>
       </c>
       <c r="E730" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F730" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G730" s="2" t="s">
-        <v>485</v>
+        <v>27</v>
       </c>
       <c r="H730" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I730" s="2" t="s">
-        <v>118</v>
+        <v>369</v>
       </c>
       <c r="J730" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K730" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="731" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="731" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A731" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C731" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D731" s="2" t="s">
-        <v>46</v>
+        <v>114</v>
       </c>
       <c r="E731" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F731" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G731" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H731" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I731" s="2" t="s">
-        <v>47</v>
+        <v>118</v>
       </c>
       <c r="J731" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K731" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="732" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="732" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A732" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B732" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C732" s="2" t="s">
-        <v>130</v>
+        <v>45</v>
       </c>
       <c r="D732" s="2" t="s">
-        <v>177</v>
+        <v>46</v>
       </c>
       <c r="E732" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F732" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G732" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H732" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I732" s="2" t="s">
-        <v>178</v>
+        <v>47</v>
       </c>
       <c r="J732" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K732" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="733" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="733" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A733" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B733" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C733" s="2" t="s">
-        <v>68</v>
+        <v>130</v>
       </c>
       <c r="D733" s="2" t="s">
-        <v>120</v>
+        <v>177</v>
       </c>
       <c r="E733" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F733" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G733" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H733" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I733" s="2" t="s">
-        <v>121</v>
+        <v>178</v>
       </c>
       <c r="J733" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K733" s="2" t="s">
-        <v>122</v>
+        <v>179</v>
       </c>
     </row>
     <row r="734" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A734" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B734" s="2" t="s">
-        <v>156</v>
+        <v>44</v>
       </c>
       <c r="C734" s="2" t="s">
-        <v>157</v>
+        <v>68</v>
       </c>
       <c r="D734" s="2" t="s">
-        <v>192</v>
+        <v>120</v>
       </c>
       <c r="E734" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F734" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G734" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H734" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I734" s="2" t="s">
-        <v>193</v>
+        <v>121</v>
       </c>
       <c r="J734" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K734" s="2" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="735" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="735" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A735" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B735" s="2" t="s">
-        <v>107</v>
+        <v>156</v>
       </c>
       <c r="C735" s="2" t="s">
-        <v>83</v>
+        <v>157</v>
       </c>
       <c r="D735" s="2" t="s">
-        <v>108</v>
+        <v>192</v>
       </c>
       <c r="E735" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F735" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G735" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H735" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I735" s="2" t="s">
-        <v>109</v>
+        <v>193</v>
       </c>
       <c r="J735" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K735" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="736" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="736" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A736" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B736" s="2" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="C736" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D736" s="2" t="s">
-        <v>150</v>
+        <v>108</v>
       </c>
       <c r="E736" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F736" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G736" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H736" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I736" s="2" t="s">
-        <v>151</v>
+        <v>109</v>
       </c>
       <c r="J736" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K736" s="2" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="737" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="737" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A737" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B737" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C737" s="2" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="D737" s="2" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="E737" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F737" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G737" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H737" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I737" s="2" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="J737" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K737" s="2" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
     </row>
     <row r="738" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A738" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C738" s="2" t="s">
-        <v>180</v>
+        <v>64</v>
       </c>
       <c r="D738" s="2" t="s">
-        <v>181</v>
+        <v>153</v>
       </c>
       <c r="E738" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F738" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G738" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H738" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I738" s="2" t="s">
-        <v>182</v>
+        <v>154</v>
       </c>
       <c r="J738" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K738" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="739" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="739" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A739" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B739" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C739" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D739" s="2" t="s">
-        <v>123</v>
+        <v>181</v>
       </c>
       <c r="E739" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F739" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G739" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H739" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I739" s="2" t="s">
-        <v>124</v>
+        <v>182</v>
       </c>
       <c r="J739" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K739" s="2" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="740" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="740" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A740" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B740" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="C740" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D740" s="2" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="E740" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F740" s="2" t="s">
-        <v>344</v>
+        <v>382</v>
       </c>
       <c r="G740" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H740" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I740" s="2" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="J740" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K740" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="741" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="741" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A741" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B741" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C741" s="2" t="s">
-        <v>157</v>
+        <v>45</v>
       </c>
       <c r="D741" s="2" t="s">
-        <v>192</v>
+        <v>114</v>
       </c>
       <c r="E741" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F741" s="2" t="s">
         <v>344</v>
       </c>
       <c r="G741" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H741" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I741" s="2" t="s">
-        <v>193</v>
+        <v>118</v>
       </c>
       <c r="J741" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K741" s="2" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="742" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="742" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A742" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B742" s="2" t="s">
-        <v>107</v>
+        <v>156</v>
       </c>
       <c r="C742" s="2" t="s">
-        <v>83</v>
+        <v>157</v>
       </c>
       <c r="D742" s="2" t="s">
-        <v>108</v>
+        <v>192</v>
       </c>
       <c r="E742" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F742" s="2" t="s">
         <v>344</v>
       </c>
       <c r="G742" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H742" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I742" s="2" t="s">
-        <v>109</v>
+        <v>193</v>
       </c>
       <c r="J742" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K742" s="2" t="s">
-        <v>110</v>
+        <v>194</v>
       </c>
     </row>
     <row r="743" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A743" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B743" s="2" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="C743" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D743" s="2" t="s">
-        <v>69</v>
+        <v>108</v>
       </c>
       <c r="E743" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F743" s="2" t="s">
         <v>344</v>
       </c>
       <c r="G743" s="2" t="s">
         <v>485</v>
       </c>
       <c r="H743" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I743" s="2" t="s">
-        <v>200</v>
+        <v>109</v>
       </c>
       <c r="J743" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K743" s="2" t="s">
-        <v>201</v>
+        <v>110</v>
       </c>
     </row>
     <row r="744" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A744" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B744" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C744" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D744" s="2" t="s">
-        <v>150</v>
+        <v>69</v>
       </c>
       <c r="E744" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F744" s="2" t="s">
         <v>344</v>
       </c>
+      <c r="G744" s="2" t="s">
+        <v>485</v>
+      </c>
       <c r="H744" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I744" s="2" t="s">
-        <v>369</v>
+        <v>200</v>
       </c>
       <c r="J744" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K744" s="2" t="s">
-        <v>370</v>
+        <v>201</v>
       </c>
     </row>
     <row r="745" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A745" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C745" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D745" s="2" t="s">
         <v>150</v>
       </c>
       <c r="E745" s="2" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="F745" s="2" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>344</v>
       </c>
       <c r="H745" s="2" t="s">
         <v>338</v>
       </c>
       <c r="I745" s="2" t="s">
         <v>369</v>
       </c>
       <c r="J745" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K745" s="2" t="s">
         <v>370</v>
       </c>
     </row>
-    <row r="746" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+    <row r="746" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A746" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C746" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D746" s="2" t="s">
-        <v>280</v>
+        <v>150</v>
       </c>
       <c r="E746" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F746" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G746" s="2" t="s">
-        <v>487</v>
+        <v>27</v>
       </c>
       <c r="H746" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I746" s="2" t="s">
-        <v>281</v>
+        <v>369</v>
       </c>
       <c r="J746" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K746" s="2" t="s">
-        <v>282</v>
+        <v>370</v>
       </c>
     </row>
     <row r="747" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A747" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C747" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D747" s="2" t="s">
-        <v>114</v>
+        <v>280</v>
       </c>
       <c r="E747" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F747" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G747" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H747" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I747" s="2" t="s">
-        <v>118</v>
+        <v>281</v>
       </c>
       <c r="J747" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K747" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="748" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="748" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A748" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C748" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D748" s="2" t="s">
-        <v>46</v>
+        <v>114</v>
       </c>
       <c r="E748" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F748" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G748" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H748" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I748" s="2" t="s">
-        <v>47</v>
+        <v>118</v>
       </c>
       <c r="J748" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K748" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="749" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="749" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A749" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B749" s="2" t="s">
-        <v>156</v>
+        <v>44</v>
       </c>
       <c r="C749" s="2" t="s">
-        <v>157</v>
+        <v>45</v>
       </c>
       <c r="D749" s="2" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="E749" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F749" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G749" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H749" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I749" s="2" t="s">
-        <v>322</v>
+        <v>47</v>
       </c>
       <c r="J749" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K749" s="2" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="750" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="750" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A750" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B750" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C750" s="2" t="s">
-        <v>130</v>
+        <v>157</v>
       </c>
       <c r="D750" s="2" t="s">
-        <v>177</v>
+        <v>321</v>
       </c>
       <c r="E750" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F750" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G750" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H750" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I750" s="2" t="s">
-        <v>178</v>
+        <v>322</v>
       </c>
       <c r="J750" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K750" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="751" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="751" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A751" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B751" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C751" s="2" t="s">
-        <v>68</v>
+        <v>130</v>
       </c>
       <c r="D751" s="2" t="s">
-        <v>120</v>
+        <v>177</v>
       </c>
       <c r="E751" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F751" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G751" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H751" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I751" s="2" t="s">
-        <v>121</v>
+        <v>178</v>
       </c>
       <c r="J751" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K751" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="752" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="752" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A752" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B752" s="2" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
       <c r="C752" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D752" s="2" t="s">
-        <v>108</v>
+        <v>120</v>
       </c>
       <c r="E752" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F752" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G752" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H752" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I752" s="2" t="s">
-        <v>109</v>
+        <v>121</v>
       </c>
       <c r="J752" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K752" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="753" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="753" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A753" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B753" s="2" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="C753" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D753" s="2" t="s">
-        <v>150</v>
+        <v>108</v>
       </c>
       <c r="E753" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F753" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G753" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H753" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I753" s="2" t="s">
-        <v>352</v>
+        <v>109</v>
       </c>
       <c r="J753" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K753" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="754" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="754" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A754" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B754" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C754" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D754" s="2" t="s">
-        <v>94</v>
+        <v>150</v>
       </c>
       <c r="E754" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F754" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G754" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H754" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I754" s="2" t="s">
-        <v>95</v>
+        <v>352</v>
       </c>
       <c r="J754" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K754" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="755" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="755" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A755" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B755" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C755" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D755" s="2" t="s">
-        <v>181</v>
+        <v>94</v>
       </c>
       <c r="E755" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F755" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G755" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H755" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I755" s="2" t="s">
-        <v>182</v>
+        <v>95</v>
       </c>
       <c r="J755" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K755" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="756" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="756" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A756" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B756" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C756" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D756" s="2" t="s">
-        <v>123</v>
+        <v>181</v>
       </c>
       <c r="E756" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F756" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G756" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H756" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I756" s="2" t="s">
-        <v>124</v>
+        <v>182</v>
       </c>
       <c r="J756" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K756" s="2" t="s">
-        <v>125</v>
+        <v>183</v>
       </c>
     </row>
     <row r="757" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A757" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B757" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="C757" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D757" s="2" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="E757" s="2" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="F757" s="2" t="s">
-        <v>57</v>
+        <v>397</v>
       </c>
       <c r="G757" s="2" t="s">
-        <v>27</v>
+        <v>487</v>
       </c>
       <c r="H757" s="2" t="s">
-        <v>439</v>
+        <v>59</v>
       </c>
       <c r="I757" s="2" t="s">
-        <v>420</v>
+        <v>124</v>
       </c>
       <c r="J757" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K757" s="2" t="s">
-        <v>421</v>
+        <v>125</v>
       </c>
     </row>
     <row r="758" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A758" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C758" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D758" s="2" t="s">
         <v>150</v>
       </c>
       <c r="E758" s="2" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="F758" s="2" t="s">
-        <v>436</v>
+        <v>57</v>
       </c>
       <c r="G758" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H758" s="2" t="s">
-        <v>338</v>
+        <v>439</v>
       </c>
       <c r="I758" s="2" t="s">
         <v>420</v>
       </c>
       <c r="J758" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K758" s="2" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="759" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A759" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B759" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C759" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D759" s="2" t="s">
-        <v>90</v>
+        <v>150</v>
       </c>
       <c r="E759" s="2" t="s">
         <v>489</v>
       </c>
       <c r="F759" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G759" s="2" t="s">
-        <v>478</v>
+        <v>27</v>
       </c>
       <c r="H759" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I759" s="2" t="s">
-        <v>91</v>
+        <v>420</v>
       </c>
       <c r="J759" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K759" s="2" t="s">
-        <v>92</v>
+        <v>421</v>
       </c>
     </row>
     <row r="760" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A760" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B760" s="2" t="s">
-        <v>93</v>
+        <v>44</v>
       </c>
       <c r="C760" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D760" s="2" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="E760" s="2" t="s">
         <v>489</v>
       </c>
       <c r="F760" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G760" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H760" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I760" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="J760" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K760" s="2" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
     </row>
     <row r="761" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A761" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B761" s="2" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="C761" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D761" s="2" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="E761" s="2" t="s">
         <v>489</v>
       </c>
       <c r="F761" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G761" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H761" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I761" s="2" t="s">
-        <v>124</v>
+        <v>95</v>
       </c>
       <c r="J761" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K761" s="2" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
     </row>
     <row r="762" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A762" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B762" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="C762" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D762" s="2" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="E762" s="2" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="F762" s="2" t="s">
-        <v>57</v>
+        <v>436</v>
       </c>
       <c r="G762" s="2" t="s">
-        <v>27</v>
+        <v>478</v>
       </c>
       <c r="H762" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I762" s="2" t="s">
-        <v>420</v>
+        <v>124</v>
       </c>
       <c r="J762" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K762" s="2" t="s">
-        <v>421</v>
+        <v>125</v>
       </c>
     </row>
     <row r="763" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A763" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B763" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C763" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D763" s="2" t="s">
-        <v>337</v>
+        <v>150</v>
       </c>
       <c r="E763" s="2" t="s">
         <v>490</v>
       </c>
       <c r="F763" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G763" s="2" t="s">
-        <v>491</v>
+        <v>27</v>
       </c>
       <c r="H763" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I763" s="2" t="s">
-        <v>95</v>
+        <v>420</v>
       </c>
       <c r="J763" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K763" s="2" t="s">
-        <v>96</v>
+        <v>421</v>
       </c>
     </row>
     <row r="764" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A764" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B764" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C764" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D764" s="2" t="s">
-        <v>94</v>
+        <v>337</v>
       </c>
       <c r="E764" s="2" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="F764" s="2" t="s">
-        <v>493</v>
+        <v>57</v>
       </c>
       <c r="G764" s="2" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="H764" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I764" s="2" t="s">
         <v>95</v>
       </c>
       <c r="J764" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K764" s="2" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="765" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A765" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B765" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C765" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D765" s="2" t="s">
-        <v>150</v>
+        <v>94</v>
       </c>
       <c r="E765" s="2" t="s">
         <v>492</v>
       </c>
       <c r="F765" s="2" t="s">
         <v>493</v>
       </c>
+      <c r="G765" s="2" t="s">
+        <v>494</v>
+      </c>
       <c r="H765" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="I765" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="J765" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="K765" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="766" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+      <c r="A766" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C766" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="D766" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="E766" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="F766" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="H766" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I765" s="2" t="s">
+      <c r="I766" s="2" t="s">
         <v>420</v>
       </c>
-      <c r="J765" s="2" t="s">
+      <c r="J766" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="K765" s="2" t="s">
+      <c r="K766" s="2" t="s">
         <v>421</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:K1"/>
   </mergeCells>
   <conditionalFormatting sqref="A1:K1048576">
     <cfRule type="cellIs" dxfId="13" priority="1" operator="equal">
       <formula>"Ret"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="14" priority="2" operator="equal">
       <formula>"S"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
-    <tablePart r:id="rId1"/>
+    <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>20251013ListeSSA</vt:lpstr>
+      <vt:lpstr>20251103ListeSSA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jean-Michel VENTURINI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>