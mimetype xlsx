--- v2 (2025-11-23)
+++ v3 (2025-12-14)
@@ -3,83 +3,83 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\3-SPPSI\SDPRS\07-BL\03-Agrement\Securite sanitaire des aliments\02 Liste laboratoires Agrees\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bur-file-ac01-1\AC\dgal\3-SPPSI\SDPRS\07-BL\03-Agrement\Securite sanitaire des aliments\02 Liste laboratoires Agrees\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{837D7250-5744-4A45-83C1-E4D0F4726D0B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{16D6BA58-0744-431B-A8B6-EBC3469C13A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1515" yWindow="1515" windowWidth="22650" windowHeight="10770" xr2:uid="{8E46651B-C337-452B-AFB7-436943BEA43D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{819D5CCF-8A05-4546-90A4-8C729FB7F415}"/>
   </bookViews>
   <sheets>
-    <sheet name="20251103ListeSSA" sheetId="1" r:id="rId1"/>
+    <sheet name="20251211ListeSSA" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7604" uniqueCount="495">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7567" uniqueCount="497">
   <si>
     <t>Liste des laboratoires agréés en alimentation</t>
   </si>
   <si>
     <t>Légendes :</t>
   </si>
   <si>
     <t>D Réalise les analyses de première intention</t>
   </si>
   <si>
     <t>C Réalise les analyses de confirmation</t>
   </si>
   <si>
     <t>A Laboratoire agréé</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>Agrément suspendu</t>
   </si>
   <si>
     <t>Mise à jour :</t>
   </si>
   <si>
@@ -1782,91 +1782,97 @@
   <si>
     <t>Muscles</t>
   </si>
   <si>
     <t>Bêta-agonistes</t>
   </si>
   <si>
     <t>Œil (rétine)</t>
   </si>
   <si>
     <t>Benzimidazole et autres anthelmintiques</t>
   </si>
   <si>
     <t>Avermectines</t>
   </si>
   <si>
     <t>HPLC/FLUO</t>
   </si>
   <si>
     <t>Foie</t>
   </si>
   <si>
     <t>AINS (Anti-inflammatoires non stéroïdiens)</t>
   </si>
   <si>
+    <t>Muscle et Lait</t>
+  </si>
+  <si>
     <t>Anticoccidiens</t>
   </si>
   <si>
     <t>Antibiotiques</t>
   </si>
   <si>
     <t>Antibiotiques (microbiologie)</t>
   </si>
   <si>
     <t>Test microbiologique DelvoTest T</t>
   </si>
   <si>
     <t>Diffusion sur gélose</t>
   </si>
   <si>
     <t>Antibiotiques (Chimie)</t>
   </si>
   <si>
     <t>LC/MS-MS</t>
   </si>
   <si>
     <t>Ambroisie</t>
   </si>
   <si>
     <t>Aflatoxines M1</t>
   </si>
   <si>
     <t>Aflatoxine B1</t>
   </si>
   <si>
     <t xml:space="preserve">HPLC-FLUO </t>
   </si>
   <si>
     <t>Mycotoxines</t>
   </si>
   <si>
     <t>Végétaux et produits végétaux</t>
   </si>
   <si>
     <t>HPLC-FLUO 
 LC-MS/MS</t>
+  </si>
+  <si>
+    <t>Vibrio parahaemolyticus, Vibrio cholerae et Vibrio vulnificus  selon la méthode NF EN ISO 21872-1 (2017)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -1980,64 +1986,64 @@
       <fill>
         <patternFill>
           <fgColor indexed="64"/>
           <bgColor rgb="FFFFEB9C"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{BD82C49E-60FD-4891-B990-A280A6601836}" name="Tableau1" displayName="Tableau1" ref="A5:K766" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11">
-  <autoFilter ref="A5:K766" xr:uid="{90197091-8095-4209-B5BD-6EACC8DAFB52}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{3866A4C9-C822-463D-878F-2C31C44EB54D}" name="Tableau18" displayName="Tableau18" ref="A5:K763" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11">
+  <autoFilter ref="A5:K763" xr:uid="{5A028572-868F-4482-835A-8A094B4B70C5}"/>
   <tableColumns count="11">
-    <tableColumn id="1" xr3:uid="{805A0C18-9745-4167-ADE5-C04377F59036}" name="Catégorie" dataDxfId="10"/>
-[...9 lines deleted...]
-    <tableColumn id="39" xr3:uid="{3CFD53C9-51BC-417A-915D-7836A42FC024}" name="Adresse" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{BCD7A97D-F0D9-4644-9B1F-A25827318277}" name="Catégorie" dataDxfId="10"/>
+    <tableColumn id="2" xr3:uid="{344C3663-30D5-49C1-B856-6BDFE9B37C36}" name="GIP" dataDxfId="9"/>
+    <tableColumn id="3" xr3:uid="{A3B806B7-9428-43C0-8F76-5E4965B6EAF1}" name="Région" dataDxfId="8"/>
+    <tableColumn id="4" xr3:uid="{7E2E790C-628B-4786-8DA8-96170C198790}" name="Département" dataDxfId="7"/>
+    <tableColumn id="9" xr3:uid="{84120D2A-6344-4F63-9EDB-3AD481ED7302}" name="Analyte" dataDxfId="6"/>
+    <tableColumn id="10" xr3:uid="{24101DE3-CA65-4938-81F8-EB32A6E67067}" name="Matrice" dataDxfId="5"/>
+    <tableColumn id="12" xr3:uid="{25F52DB3-51B7-430D-9085-C98B517DC0BF}" name="Méthode " dataDxfId="4"/>
+    <tableColumn id="18" xr3:uid="{465BFB05-EBC1-4F5D-A4B8-0B2FA556EB9C}" name="Dépistage / Confirmation / R" dataDxfId="3"/>
+    <tableColumn id="20" xr3:uid="{3077C877-AFCA-428E-A224-567025A8362D}" name="Laboratoires " dataDxfId="2"/>
+    <tableColumn id="21" xr3:uid="{9EE77EDA-23C9-44EB-B7BB-BAC6FDACAFE4}" name="Agréé" dataDxfId="1"/>
+    <tableColumn id="39" xr3:uid="{9CC3540A-A1DD-4BA3-83F3-AF98ACB61ADF}" name="Adresse" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -2299,55 +2305,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB2A5C31-8D6D-47AB-8345-C172D8C9B582}">
-  <dimension ref="A1:K766"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{341529D6-4F37-4951-9DAE-45FAF3620DFA}">
+  <dimension ref="A1:K763"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G6" sqref="G6"/>
+      <selection activeCell="B60" sqref="B60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.7109375" style="2" customWidth="1"/>
     <col min="2" max="4" width="15.7109375" style="2" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" style="2" customWidth="1"/>
     <col min="6" max="7" width="20.7109375" style="2" customWidth="1"/>
     <col min="8" max="10" width="10.7109375" style="2" customWidth="1"/>
     <col min="11" max="11" width="35.7109375" style="2" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="21" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
@@ -2375,51 +2381,51 @@
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3" t="s">
         <v>3</v>
       </c>
       <c r="E3"/>
       <c r="F3"/>
       <c r="G3" t="s">
         <v>4</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>5</v>
       </c>
       <c r="K3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="5">
-        <v>45964</v>
+        <v>46002</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4" t="s">
         <v>9</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>10</v>
       </c>
       <c r="K4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
@@ -4055,51 +4061,51 @@
       </c>
     </row>
     <row r="60" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>164</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>137</v>
       </c>
       <c r="I60" s="2" t="s">
         <v>165</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="61" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>137</v>
       </c>
       <c r="I61" s="2" t="s">
@@ -21994,4782 +22000,4665 @@
         <v>474</v>
       </c>
       <c r="F626" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G626" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H626" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I626" s="2" t="s">
         <v>352</v>
       </c>
       <c r="J626" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K626" s="2" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="627" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A627" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B627" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C627" s="2" t="s">
-        <v>68</v>
+        <v>180</v>
       </c>
       <c r="D627" s="2" t="s">
-        <v>69</v>
+        <v>181</v>
       </c>
       <c r="E627" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F627" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G627" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H627" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I627" s="2" t="s">
-        <v>200</v>
+        <v>182</v>
       </c>
       <c r="J627" s="2" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="K627" s="2" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="628" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="628" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A628" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B628" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="C628" s="2" t="s">
-        <v>180</v>
+        <v>83</v>
       </c>
       <c r="D628" s="2" t="s">
-        <v>181</v>
+        <v>373</v>
       </c>
       <c r="E628" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F628" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G628" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H628" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I628" s="2" t="s">
-        <v>182</v>
+        <v>374</v>
       </c>
       <c r="J628" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K628" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="629" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="629" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A629" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B629" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C629" s="2" t="s">
-        <v>83</v>
+        <v>64</v>
       </c>
       <c r="D629" s="2" t="s">
-        <v>373</v>
+        <v>161</v>
       </c>
       <c r="E629" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F629" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G629" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H629" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I629" s="2" t="s">
-        <v>374</v>
+        <v>162</v>
       </c>
       <c r="J629" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K629" s="2" t="s">
-        <v>375</v>
+        <v>163</v>
       </c>
     </row>
     <row r="630" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A630" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C630" s="2" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="D630" s="2" t="s">
-        <v>161</v>
+        <v>376</v>
       </c>
       <c r="E630" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F630" s="2" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="G630" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H630" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I630" s="2" t="s">
-        <v>162</v>
+        <v>377</v>
       </c>
       <c r="J630" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K630" s="2" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="631" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="631" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A631" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C631" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D631" s="2" t="s">
-        <v>376</v>
+        <v>280</v>
       </c>
       <c r="E631" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F631" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G631" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H631" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I631" s="2" t="s">
-        <v>377</v>
+        <v>281</v>
       </c>
       <c r="J631" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K631" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="632" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="632" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A632" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C632" s="2" t="s">
-        <v>83</v>
+        <v>130</v>
       </c>
       <c r="D632" s="2" t="s">
-        <v>280</v>
+        <v>177</v>
       </c>
       <c r="E632" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F632" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G632" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H632" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I632" s="2" t="s">
-        <v>281</v>
+        <v>178</v>
       </c>
       <c r="J632" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K632" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="633" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="633" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A633" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B633" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C633" s="2" t="s">
-        <v>130</v>
+        <v>45</v>
       </c>
       <c r="D633" s="2" t="s">
-        <v>177</v>
+        <v>90</v>
       </c>
       <c r="E633" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F633" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G633" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H633" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I633" s="2" t="s">
-        <v>178</v>
+        <v>91</v>
       </c>
       <c r="J633" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K633" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="634" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="634" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A634" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B634" s="2" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="C634" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D634" s="2" t="s">
-        <v>90</v>
+        <v>108</v>
       </c>
       <c r="E634" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F634" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G634" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H634" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I634" s="2" t="s">
-        <v>91</v>
+        <v>109</v>
       </c>
       <c r="J634" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K634" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="635" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="635" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A635" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B635" s="2" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
       <c r="C635" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D635" s="2" t="s">
-        <v>108</v>
+        <v>150</v>
       </c>
       <c r="E635" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F635" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G635" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H635" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I635" s="2" t="s">
-        <v>109</v>
+        <v>352</v>
       </c>
       <c r="J635" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K635" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="636" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="636" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A636" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B636" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C636" s="2" t="s">
-        <v>68</v>
+        <v>180</v>
       </c>
       <c r="D636" s="2" t="s">
-        <v>150</v>
+        <v>181</v>
       </c>
       <c r="E636" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F636" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G636" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H636" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I636" s="2" t="s">
-        <v>352</v>
+        <v>182</v>
       </c>
       <c r="J636" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K636" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="637" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="637" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A637" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B637" s="2" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="C637" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D637" s="2" t="s">
-        <v>69</v>
+        <v>373</v>
       </c>
       <c r="E637" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F637" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G637" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H637" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I637" s="2" t="s">
-        <v>200</v>
+        <v>374</v>
       </c>
       <c r="J637" s="2" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="K637" s="2" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="638" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="638" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A638" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C638" s="2" t="s">
-        <v>180</v>
+        <v>64</v>
       </c>
       <c r="D638" s="2" t="s">
-        <v>181</v>
+        <v>161</v>
       </c>
       <c r="E638" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F638" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G638" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H638" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I638" s="2" t="s">
-        <v>182</v>
+        <v>162</v>
       </c>
       <c r="J638" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K638" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="639" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="639" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A639" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B639" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C639" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D639" s="2" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="E639" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F639" s="2" t="s">
-        <v>380</v>
+        <v>402</v>
       </c>
       <c r="G639" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H639" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I639" s="2" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="J639" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K639" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="640" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="640" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A640" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C640" s="2" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="D640" s="2" t="s">
-        <v>161</v>
+        <v>280</v>
       </c>
       <c r="E640" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F640" s="2" t="s">
-        <v>380</v>
+        <v>402</v>
       </c>
       <c r="G640" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H640" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I640" s="2" t="s">
-        <v>162</v>
+        <v>281</v>
       </c>
       <c r="J640" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K640" s="2" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="641" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="641" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A641" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C641" s="2" t="s">
-        <v>45</v>
+        <v>130</v>
       </c>
       <c r="D641" s="2" t="s">
-        <v>376</v>
+        <v>177</v>
       </c>
       <c r="E641" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F641" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G641" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H641" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I641" s="2" t="s">
-        <v>377</v>
+        <v>178</v>
       </c>
       <c r="J641" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K641" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="642" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="642" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A642" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B642" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C642" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D642" s="2" t="s">
-        <v>280</v>
+        <v>90</v>
       </c>
       <c r="E642" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F642" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G642" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H642" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I642" s="2" t="s">
-        <v>281</v>
+        <v>91</v>
       </c>
       <c r="J642" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K642" s="2" t="s">
-        <v>282</v>
+        <v>92</v>
       </c>
     </row>
     <row r="643" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A643" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B643" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C643" s="2" t="s">
-        <v>130</v>
+        <v>83</v>
       </c>
       <c r="D643" s="2" t="s">
-        <v>177</v>
+        <v>108</v>
       </c>
       <c r="E643" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F643" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G643" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H643" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I643" s="2" t="s">
-        <v>178</v>
+        <v>109</v>
       </c>
       <c r="J643" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K643" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="644" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="644" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A644" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B644" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C644" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D644" s="2" t="s">
-        <v>90</v>
+        <v>150</v>
       </c>
       <c r="E644" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F644" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G644" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H644" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I644" s="2" t="s">
-        <v>91</v>
+        <v>352</v>
       </c>
       <c r="J644" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K644" s="2" t="s">
-        <v>92</v>
+        <v>353</v>
       </c>
     </row>
     <row r="645" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A645" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B645" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C645" s="2" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="D645" s="2" t="s">
-        <v>108</v>
+        <v>181</v>
       </c>
       <c r="E645" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F645" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G645" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H645" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I645" s="2" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="J645" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K645" s="2" t="s">
-        <v>110</v>
+        <v>183</v>
       </c>
     </row>
     <row r="646" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A646" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B646" s="2" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="C646" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D646" s="2" t="s">
-        <v>150</v>
+        <v>373</v>
       </c>
       <c r="E646" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F646" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G646" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H646" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I646" s="2" t="s">
-        <v>352</v>
+        <v>374</v>
       </c>
       <c r="J646" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K646" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="647" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="647" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A647" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B647" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C647" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D647" s="2" t="s">
-        <v>69</v>
+        <v>161</v>
       </c>
       <c r="E647" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F647" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G647" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H647" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I647" s="2" t="s">
-        <v>200</v>
+        <v>162</v>
       </c>
       <c r="J647" s="2" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="K647" s="2" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="648" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="648" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A648" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C648" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D648" s="2" t="s">
-        <v>181</v>
+        <v>376</v>
       </c>
       <c r="E648" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F648" s="2" t="s">
-        <v>402</v>
+        <v>475</v>
       </c>
       <c r="G648" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H648" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I648" s="2" t="s">
-        <v>182</v>
+        <v>377</v>
       </c>
       <c r="J648" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K648" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="649" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="649" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A649" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C649" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D649" s="2" t="s">
-        <v>373</v>
+        <v>280</v>
       </c>
       <c r="E649" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F649" s="2" t="s">
-        <v>402</v>
+        <v>475</v>
       </c>
       <c r="G649" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H649" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I649" s="2" t="s">
-        <v>374</v>
+        <v>281</v>
       </c>
       <c r="J649" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K649" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="650" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="650" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A650" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C650" s="2" t="s">
-        <v>64</v>
+        <v>130</v>
       </c>
       <c r="D650" s="2" t="s">
-        <v>161</v>
+        <v>177</v>
       </c>
       <c r="E650" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>402</v>
+        <v>475</v>
       </c>
       <c r="G650" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H650" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I650" s="2" t="s">
-        <v>162</v>
+        <v>178</v>
       </c>
       <c r="J650" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K650" s="2" t="s">
-        <v>163</v>
+        <v>179</v>
       </c>
     </row>
     <row r="651" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A651" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B651" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C651" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D651" s="2" t="s">
-        <v>376</v>
+        <v>90</v>
       </c>
       <c r="E651" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F651" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G651" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H651" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I651" s="2" t="s">
-        <v>377</v>
+        <v>91</v>
       </c>
       <c r="J651" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K651" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="652" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="652" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A652" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B652" s="2" t="s">
+        <v>107</v>
       </c>
       <c r="C652" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D652" s="2" t="s">
-        <v>280</v>
+        <v>108</v>
       </c>
       <c r="E652" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F652" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G652" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H652" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I652" s="2" t="s">
-        <v>281</v>
+        <v>109</v>
       </c>
       <c r="J652" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K652" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="653" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="653" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A653" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B653" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C653" s="2" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="D653" s="2" t="s">
-        <v>177</v>
+        <v>150</v>
       </c>
       <c r="E653" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F653" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G653" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H653" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I653" s="2" t="s">
-        <v>178</v>
+        <v>352</v>
       </c>
       <c r="J653" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K653" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="654" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="654" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A654" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B654" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C654" s="2" t="s">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="D654" s="2" t="s">
-        <v>90</v>
+        <v>181</v>
       </c>
       <c r="E654" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F654" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G654" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H654" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I654" s="2" t="s">
-        <v>91</v>
+        <v>182</v>
       </c>
       <c r="J654" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K654" s="2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="655" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="655" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A655" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B655" s="2" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="C655" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D655" s="2" t="s">
-        <v>108</v>
+        <v>373</v>
       </c>
       <c r="E655" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F655" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G655" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H655" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I655" s="2" t="s">
-        <v>109</v>
+        <v>374</v>
       </c>
       <c r="J655" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K655" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="656" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="656" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A656" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B656" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C656" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D656" s="2" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="E656" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F656" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G656" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H656" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I656" s="2" t="s">
-        <v>352</v>
+        <v>162</v>
       </c>
       <c r="J656" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K656" s="2" t="s">
-        <v>353</v>
+        <v>163</v>
       </c>
     </row>
     <row r="657" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A657" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B657" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C657" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D657" s="2" t="s">
-        <v>69</v>
+        <v>150</v>
       </c>
       <c r="E657" s="2" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="F657" s="2" t="s">
-        <v>475</v>
+        <v>394</v>
       </c>
       <c r="G657" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H657" s="2" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="I657" s="2" t="s">
-        <v>200</v>
+        <v>369</v>
       </c>
       <c r="J657" s="2" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="K657" s="2" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="658" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="658" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A658" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C658" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D658" s="2" t="s">
-        <v>181</v>
+        <v>114</v>
       </c>
       <c r="E658" s="2" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="F658" s="2" t="s">
-        <v>475</v>
+        <v>394</v>
       </c>
       <c r="G658" s="2" t="s">
-        <v>368</v>
+        <v>427</v>
       </c>
       <c r="H658" s="2" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="I658" s="2" t="s">
-        <v>182</v>
+        <v>118</v>
       </c>
       <c r="J658" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K658" s="2" t="s">
-        <v>183</v>
+        <v>119</v>
       </c>
     </row>
     <row r="659" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A659" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B659" s="2" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="C659" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D659" s="2" t="s">
-        <v>373</v>
+        <v>46</v>
       </c>
       <c r="E659" s="2" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="F659" s="2" t="s">
-        <v>475</v>
+        <v>394</v>
       </c>
       <c r="G659" s="2" t="s">
-        <v>368</v>
+        <v>427</v>
       </c>
       <c r="H659" s="2" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="I659" s="2" t="s">
-        <v>374</v>
+        <v>47</v>
       </c>
       <c r="J659" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K659" s="2" t="s">
-        <v>375</v>
+        <v>48</v>
       </c>
     </row>
     <row r="660" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A660" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B660" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C660" s="2" t="s">
-        <v>64</v>
+        <v>157</v>
       </c>
       <c r="D660" s="2" t="s">
-        <v>161</v>
+        <v>321</v>
       </c>
       <c r="E660" s="2" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="F660" s="2" t="s">
-        <v>475</v>
+        <v>394</v>
       </c>
       <c r="G660" s="2" t="s">
-        <v>368</v>
+        <v>427</v>
       </c>
       <c r="H660" s="2" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="I660" s="2" t="s">
-        <v>162</v>
+        <v>322</v>
       </c>
       <c r="J660" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K660" s="2" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="661" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="661" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A661" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B661" s="2" t="s">
+        <v>44</v>
       </c>
       <c r="C661" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D661" s="2" t="s">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="E661" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F661" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G661" s="2" t="s">
-        <v>27</v>
+        <v>427</v>
       </c>
       <c r="H661" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I661" s="2" t="s">
-        <v>369</v>
+        <v>121</v>
       </c>
       <c r="J661" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K661" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="662" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="662" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A662" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B662" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C662" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D662" s="2" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="E662" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F662" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G662" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H662" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I662" s="2" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="J662" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K662" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="663" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="663" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A663" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B663" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C663" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D663" s="2" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="E663" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F663" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G663" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H663" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I663" s="2" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="J663" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K663" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="664" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="664" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A664" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B664" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C664" s="2" t="s">
-        <v>157</v>
+        <v>180</v>
       </c>
       <c r="D664" s="2" t="s">
-        <v>321</v>
+        <v>181</v>
       </c>
       <c r="E664" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F664" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G664" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H664" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I664" s="2" t="s">
-        <v>322</v>
+        <v>182</v>
       </c>
       <c r="J664" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K664" s="2" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="665" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="665" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A665" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C665" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D665" s="2" t="s">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="E665" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F665" s="2" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="G665" s="2" t="s">
-        <v>427</v>
+        <v>27</v>
       </c>
       <c r="H665" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I665" s="2" t="s">
-        <v>121</v>
+        <v>369</v>
       </c>
       <c r="J665" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K665" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="666" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="666" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A666" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B666" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C666" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D666" s="2" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="E666" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F666" s="2" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="G666" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H666" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I666" s="2" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="J666" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K666" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="667" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="667" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A667" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B667" s="2" t="s">
-        <v>93</v>
+        <v>44</v>
       </c>
       <c r="C667" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D667" s="2" t="s">
-        <v>94</v>
+        <v>46</v>
       </c>
       <c r="E667" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F667" s="2" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="G667" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H667" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I667" s="2" t="s">
-        <v>95</v>
+        <v>47</v>
       </c>
       <c r="J667" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K667" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="668" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="668" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A668" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B668" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C668" s="2" t="s">
-        <v>180</v>
+        <v>157</v>
       </c>
       <c r="D668" s="2" t="s">
-        <v>181</v>
+        <v>321</v>
       </c>
       <c r="E668" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F668" s="2" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="G668" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H668" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I668" s="2" t="s">
-        <v>182</v>
+        <v>322</v>
       </c>
       <c r="J668" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K668" s="2" t="s">
-        <v>183</v>
+        <v>323</v>
       </c>
     </row>
     <row r="669" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A669" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C669" s="2" t="s">
-        <v>68</v>
+        <v>130</v>
       </c>
       <c r="D669" s="2" t="s">
-        <v>150</v>
+        <v>177</v>
       </c>
       <c r="E669" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F669" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G669" s="2" t="s">
-        <v>27</v>
+        <v>427</v>
       </c>
       <c r="H669" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I669" s="2" t="s">
-        <v>369</v>
+        <v>178</v>
       </c>
       <c r="J669" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K669" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="670" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="670" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A670" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B670" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C670" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D670" s="2" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="E670" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F670" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G670" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H670" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I670" s="2" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="J670" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K670" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="671" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="671" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A671" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B671" s="2" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="C671" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D671" s="2" t="s">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="E671" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F671" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G671" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H671" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I671" s="2" t="s">
-        <v>47</v>
+        <v>109</v>
       </c>
       <c r="J671" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K671" s="2" t="s">
-        <v>48</v>
+        <v>110</v>
       </c>
     </row>
     <row r="672" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A672" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B672" s="2" t="s">
-        <v>156</v>
+        <v>93</v>
       </c>
       <c r="C672" s="2" t="s">
-        <v>157</v>
+        <v>68</v>
       </c>
       <c r="D672" s="2" t="s">
-        <v>321</v>
+        <v>94</v>
       </c>
       <c r="E672" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F672" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G672" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H672" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I672" s="2" t="s">
-        <v>322</v>
+        <v>95</v>
       </c>
       <c r="J672" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K672" s="2" t="s">
-        <v>323</v>
+        <v>96</v>
       </c>
     </row>
     <row r="673" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A673" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C673" s="2" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="D673" s="2" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="E673" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F673" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G673" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H673" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I673" s="2" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="J673" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K673" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="674" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="674" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A674" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C674" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D674" s="2" t="s">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="E674" s="2" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F674" s="2" t="s">
-        <v>397</v>
+        <v>436</v>
       </c>
       <c r="G674" s="2" t="s">
-        <v>427</v>
+        <v>27</v>
       </c>
       <c r="H674" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I674" s="2" t="s">
-        <v>121</v>
+        <v>369</v>
       </c>
       <c r="J674" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K674" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="675" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="675" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A675" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B675" s="2" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
       <c r="C675" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D675" s="2" t="s">
-        <v>108</v>
+        <v>46</v>
       </c>
       <c r="E675" s="2" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F675" s="2" t="s">
-        <v>397</v>
+        <v>436</v>
       </c>
       <c r="G675" s="2" t="s">
-        <v>427</v>
+        <v>478</v>
       </c>
       <c r="H675" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I675" s="2" t="s">
-        <v>109</v>
+        <v>47</v>
       </c>
       <c r="J675" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K675" s="2" t="s">
-        <v>110</v>
+        <v>48</v>
       </c>
     </row>
     <row r="676" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A676" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B676" s="2" t="s">
-        <v>93</v>
+        <v>156</v>
       </c>
       <c r="C676" s="2" t="s">
-        <v>68</v>
+        <v>157</v>
       </c>
       <c r="D676" s="2" t="s">
-        <v>94</v>
+        <v>321</v>
       </c>
       <c r="E676" s="2" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F676" s="2" t="s">
-        <v>397</v>
+        <v>436</v>
       </c>
       <c r="G676" s="2" t="s">
-        <v>427</v>
+        <v>478</v>
       </c>
       <c r="H676" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I676" s="2" t="s">
-        <v>95</v>
+        <v>322</v>
       </c>
       <c r="J676" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K676" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="677" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="677" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A677" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B677" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C677" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D677" s="2" t="s">
-        <v>181</v>
+        <v>94</v>
       </c>
       <c r="E677" s="2" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F677" s="2" t="s">
-        <v>397</v>
+        <v>436</v>
       </c>
       <c r="G677" s="2" t="s">
-        <v>427</v>
+        <v>478</v>
       </c>
       <c r="H677" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I677" s="2" t="s">
-        <v>182</v>
+        <v>95</v>
       </c>
       <c r="J677" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K677" s="2" t="s">
-        <v>183</v>
+        <v>96</v>
       </c>
     </row>
     <row r="678" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A678" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C678" s="2" t="s">
-        <v>68</v>
+        <v>180</v>
       </c>
       <c r="D678" s="2" t="s">
-        <v>150</v>
+        <v>181</v>
       </c>
       <c r="E678" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F678" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G678" s="2" t="s">
-        <v>27</v>
+        <v>478</v>
       </c>
       <c r="H678" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I678" s="2" t="s">
-        <v>369</v>
+        <v>182</v>
       </c>
       <c r="J678" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K678" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="679" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="679" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A679" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B679" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C679" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D679" s="2" t="s">
-        <v>46</v>
+        <v>150</v>
       </c>
       <c r="E679" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F679" s="2" t="s">
-        <v>436</v>
+        <v>479</v>
       </c>
       <c r="G679" s="2" t="s">
-        <v>478</v>
+        <v>27</v>
       </c>
       <c r="H679" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I679" s="2" t="s">
-        <v>47</v>
+        <v>369</v>
       </c>
       <c r="J679" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K679" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="680" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="680" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A680" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B680" s="2" t="s">
-        <v>156</v>
+        <v>44</v>
       </c>
       <c r="C680" s="2" t="s">
-        <v>157</v>
+        <v>45</v>
       </c>
       <c r="D680" s="2" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="E680" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F680" s="2" t="s">
-        <v>436</v>
+        <v>479</v>
       </c>
       <c r="G680" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H680" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I680" s="2" t="s">
-        <v>322</v>
+        <v>47</v>
       </c>
       <c r="J680" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K680" s="2" t="s">
-        <v>323</v>
+        <v>48</v>
       </c>
     </row>
     <row r="681" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A681" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B681" s="2" t="s">
-        <v>93</v>
+        <v>156</v>
       </c>
       <c r="C681" s="2" t="s">
-        <v>68</v>
+        <v>157</v>
       </c>
       <c r="D681" s="2" t="s">
-        <v>94</v>
+        <v>321</v>
       </c>
       <c r="E681" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F681" s="2" t="s">
-        <v>436</v>
+        <v>479</v>
       </c>
       <c r="G681" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H681" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I681" s="2" t="s">
-        <v>95</v>
+        <v>322</v>
       </c>
       <c r="J681" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K681" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="682" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="682" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A682" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B682" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C682" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D682" s="2" t="s">
-        <v>181</v>
+        <v>150</v>
       </c>
       <c r="E682" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F682" s="2" t="s">
-        <v>436</v>
+        <v>479</v>
       </c>
       <c r="G682" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H682" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I682" s="2" t="s">
-        <v>182</v>
+        <v>352</v>
       </c>
       <c r="J682" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K682" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="683" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="683" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A683" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B683" s="2" t="s">
+        <v>93</v>
       </c>
       <c r="C683" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D683" s="2" t="s">
-        <v>150</v>
+        <v>94</v>
       </c>
       <c r="E683" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F683" s="2" t="s">
         <v>479</v>
       </c>
       <c r="G683" s="2" t="s">
-        <v>27</v>
+        <v>478</v>
       </c>
       <c r="H683" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I683" s="2" t="s">
-        <v>369</v>
+        <v>95</v>
       </c>
       <c r="J683" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K683" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="684" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="684" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A684" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B684" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C684" s="2" t="s">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="D684" s="2" t="s">
-        <v>46</v>
+        <v>181</v>
       </c>
       <c r="E684" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F684" s="2" t="s">
         <v>479</v>
       </c>
       <c r="G684" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H684" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I684" s="2" t="s">
-        <v>47</v>
+        <v>182</v>
       </c>
       <c r="J684" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K684" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="685" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="685" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A685" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B685" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C685" s="2" t="s">
-        <v>157</v>
+        <v>68</v>
       </c>
       <c r="D685" s="2" t="s">
-        <v>321</v>
+        <v>150</v>
       </c>
       <c r="E685" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F685" s="2" t="s">
-        <v>479</v>
+        <v>344</v>
       </c>
       <c r="G685" s="2" t="s">
-        <v>478</v>
+        <v>27</v>
       </c>
       <c r="H685" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I685" s="2" t="s">
-        <v>322</v>
+        <v>369</v>
       </c>
       <c r="J685" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K685" s="2" t="s">
-        <v>323</v>
+        <v>370</v>
       </c>
     </row>
     <row r="686" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A686" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B686" s="2" t="s">
-        <v>93</v>
+        <v>44</v>
       </c>
       <c r="C686" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D686" s="2" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="E686" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F686" s="2" t="s">
-        <v>479</v>
+        <v>344</v>
       </c>
       <c r="G686" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H686" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I686" s="2" t="s">
-        <v>352</v>
+        <v>47</v>
       </c>
       <c r="J686" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K686" s="2" t="s">
-        <v>353</v>
+        <v>48</v>
       </c>
     </row>
     <row r="687" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A687" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B687" s="2" t="s">
-        <v>93</v>
+        <v>156</v>
       </c>
       <c r="C687" s="2" t="s">
-        <v>68</v>
+        <v>157</v>
       </c>
       <c r="D687" s="2" t="s">
-        <v>94</v>
+        <v>321</v>
       </c>
       <c r="E687" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F687" s="2" t="s">
-        <v>479</v>
+        <v>344</v>
       </c>
       <c r="G687" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H687" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I687" s="2" t="s">
-        <v>95</v>
+        <v>322</v>
       </c>
       <c r="J687" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K687" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="688" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="688" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A688" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B688" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C688" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="D688" s="2" t="s">
-        <v>181</v>
+        <v>150</v>
       </c>
       <c r="E688" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F688" s="2" t="s">
-        <v>479</v>
+        <v>344</v>
       </c>
       <c r="G688" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H688" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I688" s="2" t="s">
-        <v>182</v>
+        <v>352</v>
       </c>
       <c r="J688" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K688" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="689" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="689" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A689" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B689" s="2" t="s">
+        <v>93</v>
       </c>
       <c r="C689" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D689" s="2" t="s">
-        <v>150</v>
+        <v>94</v>
       </c>
       <c r="E689" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F689" s="2" t="s">
         <v>344</v>
       </c>
       <c r="G689" s="2" t="s">
-        <v>27</v>
+        <v>478</v>
       </c>
       <c r="H689" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I689" s="2" t="s">
-        <v>369</v>
+        <v>95</v>
       </c>
       <c r="J689" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K689" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="690" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="690" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A690" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B690" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C690" s="2" t="s">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="D690" s="2" t="s">
-        <v>46</v>
+        <v>181</v>
       </c>
       <c r="E690" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F690" s="2" t="s">
         <v>344</v>
       </c>
       <c r="G690" s="2" t="s">
         <v>478</v>
       </c>
       <c r="H690" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I690" s="2" t="s">
-        <v>47</v>
+        <v>182</v>
       </c>
       <c r="J690" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K690" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="691" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="691" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A691" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B691" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C691" s="2" t="s">
-        <v>157</v>
+        <v>68</v>
       </c>
       <c r="D691" s="2" t="s">
-        <v>321</v>
+        <v>150</v>
       </c>
       <c r="E691" s="2" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="F691" s="2" t="s">
-        <v>344</v>
+        <v>397</v>
       </c>
       <c r="G691" s="2" t="s">
-        <v>478</v>
+        <v>27</v>
       </c>
       <c r="H691" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I691" s="2" t="s">
-        <v>322</v>
+        <v>369</v>
       </c>
       <c r="J691" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K691" s="2" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="692" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="692" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A692" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B692" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C692" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D692" s="2" t="s">
-        <v>150</v>
+        <v>114</v>
       </c>
       <c r="E692" s="2" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="F692" s="2" t="s">
-        <v>344</v>
+        <v>397</v>
       </c>
       <c r="G692" s="2" t="s">
-        <v>478</v>
+        <v>427</v>
       </c>
       <c r="H692" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I692" s="2" t="s">
-        <v>352</v>
+        <v>118</v>
       </c>
       <c r="J692" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K692" s="2" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="693" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="693" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A693" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B693" s="2" t="s">
-        <v>93</v>
+        <v>44</v>
       </c>
       <c r="C693" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D693" s="2" t="s">
-        <v>94</v>
+        <v>46</v>
       </c>
       <c r="E693" s="2" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="F693" s="2" t="s">
-        <v>344</v>
+        <v>397</v>
       </c>
       <c r="G693" s="2" t="s">
-        <v>478</v>
+        <v>427</v>
       </c>
       <c r="H693" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I693" s="2" t="s">
-        <v>95</v>
+        <v>47</v>
       </c>
       <c r="J693" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K693" s="2" t="s">
-        <v>96</v>
+        <v>48</v>
       </c>
     </row>
     <row r="694" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A694" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C694" s="2" t="s">
-        <v>180</v>
+        <v>130</v>
       </c>
       <c r="D694" s="2" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="E694" s="2" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="F694" s="2" t="s">
-        <v>344</v>
+        <v>397</v>
       </c>
       <c r="G694" s="2" t="s">
-        <v>478</v>
+        <v>427</v>
       </c>
       <c r="H694" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I694" s="2" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="J694" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K694" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="695" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="695" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A695" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B695" s="2" t="s">
+        <v>44</v>
       </c>
       <c r="C695" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D695" s="2" t="s">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="E695" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F695" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G695" s="2" t="s">
-        <v>27</v>
+        <v>427</v>
       </c>
       <c r="H695" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I695" s="2" t="s">
-        <v>369</v>
+        <v>121</v>
       </c>
       <c r="J695" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K695" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="696" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="696" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A696" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B696" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C696" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D696" s="2" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="E696" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F696" s="2" t="s">
-        <v>397</v>
+        <v>481</v>
       </c>
       <c r="G696" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H696" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I696" s="2" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="J696" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K696" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="697" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="697" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A697" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B697" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C697" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D697" s="2" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="E697" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F697" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G697" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H697" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I697" s="2" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="J697" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K697" s="2" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
     </row>
     <row r="698" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A698" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C698" s="2" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="D698" s="2" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="E698" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F698" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G698" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H698" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I698" s="2" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="J698" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K698" s="2" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
     </row>
     <row r="699" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A699" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B699" s="2" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
       <c r="C699" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D699" s="2" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E699" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F699" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G699" s="2" t="s">
         <v>427</v>
       </c>
       <c r="H699" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I699" s="2" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="J699" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K699" s="2" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
     </row>
     <row r="700" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A700" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B700" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C700" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D700" s="2" t="s">
-        <v>108</v>
+        <v>150</v>
       </c>
       <c r="E700" s="2" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="F700" s="2" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="G700" s="2" t="s">
-        <v>427</v>
+        <v>27</v>
       </c>
       <c r="H700" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I700" s="2" t="s">
-        <v>109</v>
+        <v>369</v>
       </c>
       <c r="J700" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K700" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="701" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="701" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A701" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B701" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C701" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D701" s="2" t="s">
-        <v>94</v>
+        <v>114</v>
       </c>
       <c r="E701" s="2" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="F701" s="2" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="G701" s="2" t="s">
-        <v>427</v>
+        <v>368</v>
       </c>
       <c r="H701" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I701" s="2" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="J701" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K701" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="702" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="702" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A702" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B702" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C702" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D702" s="2" t="s">
-        <v>181</v>
+        <v>46</v>
       </c>
       <c r="E702" s="2" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="F702" s="2" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="G702" s="2" t="s">
-        <v>427</v>
+        <v>368</v>
       </c>
       <c r="H702" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I702" s="2" t="s">
-        <v>182</v>
+        <v>47</v>
       </c>
       <c r="J702" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K702" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="703" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="703" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A703" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B703" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C703" s="2" t="s">
-        <v>83</v>
+        <v>130</v>
       </c>
       <c r="D703" s="2" t="s">
-        <v>123</v>
+        <v>177</v>
       </c>
       <c r="E703" s="2" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="F703" s="2" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="G703" s="2" t="s">
-        <v>427</v>
+        <v>368</v>
       </c>
       <c r="H703" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I703" s="2" t="s">
-        <v>124</v>
+        <v>178</v>
       </c>
       <c r="J703" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K703" s="2" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="704" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="704" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A704" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B704" s="2" t="s">
+        <v>44</v>
       </c>
       <c r="C704" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D704" s="2" t="s">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="E704" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F704" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G704" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H704" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I704" s="2" t="s">
-        <v>369</v>
+        <v>121</v>
       </c>
       <c r="J704" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K704" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="705" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="705" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A705" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B705" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C705" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D705" s="2" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="E705" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F705" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G705" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H705" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I705" s="2" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="J705" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K705" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="706" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="706" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A706" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B706" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C706" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D706" s="2" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="E706" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F706" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G706" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H706" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I706" s="2" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="J706" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K706" s="2" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
     </row>
     <row r="707" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A707" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C707" s="2" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="D707" s="2" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="E707" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F707" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G707" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H707" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I707" s="2" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="J707" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K707" s="2" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
     </row>
     <row r="708" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A708" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B708" s="2" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
       <c r="C708" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D708" s="2" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E708" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F708" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G708" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H708" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I708" s="2" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="J708" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K708" s="2" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
     </row>
     <row r="709" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A709" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B709" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C709" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D709" s="2" t="s">
-        <v>108</v>
+        <v>150</v>
       </c>
       <c r="E709" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F709" s="2" t="s">
-        <v>394</v>
+        <v>382</v>
       </c>
       <c r="G709" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H709" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I709" s="2" t="s">
-        <v>109</v>
+        <v>369</v>
       </c>
       <c r="J709" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K709" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="710" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="710" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A710" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B710" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C710" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D710" s="2" t="s">
-        <v>94</v>
+        <v>114</v>
       </c>
       <c r="E710" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F710" s="2" t="s">
-        <v>394</v>
+        <v>382</v>
       </c>
       <c r="G710" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H710" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I710" s="2" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="J710" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K710" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="711" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="711" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A711" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B711" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C711" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D711" s="2" t="s">
-        <v>181</v>
+        <v>46</v>
       </c>
       <c r="E711" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F711" s="2" t="s">
-        <v>394</v>
+        <v>382</v>
       </c>
       <c r="G711" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H711" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I711" s="2" t="s">
-        <v>182</v>
+        <v>47</v>
       </c>
       <c r="J711" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K711" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="712" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="712" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A712" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B712" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C712" s="2" t="s">
-        <v>83</v>
+        <v>130</v>
       </c>
       <c r="D712" s="2" t="s">
-        <v>123</v>
+        <v>177</v>
       </c>
       <c r="E712" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F712" s="2" t="s">
-        <v>394</v>
+        <v>382</v>
       </c>
       <c r="G712" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H712" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I712" s="2" t="s">
-        <v>124</v>
+        <v>178</v>
       </c>
       <c r="J712" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K712" s="2" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="713" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="713" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A713" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B713" s="2" t="s">
+        <v>44</v>
       </c>
       <c r="C713" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D713" s="2" t="s">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="E713" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F713" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G713" s="2" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="H713" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I713" s="2" t="s">
-        <v>369</v>
+        <v>121</v>
       </c>
       <c r="J713" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K713" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="714" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="714" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A714" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B714" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C714" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D714" s="2" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="E714" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F714" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G714" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H714" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I714" s="2" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="J714" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K714" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="715" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="715" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A715" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B715" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C715" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D715" s="2" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="E715" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F715" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G715" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H715" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I715" s="2" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="J715" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K715" s="2" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
     </row>
     <row r="716" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A716" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C716" s="2" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="D716" s="2" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="E716" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F716" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G716" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H716" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I716" s="2" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="J716" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K716" s="2" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
     </row>
     <row r="717" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A717" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B717" s="2" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
       <c r="C717" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D717" s="2" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E717" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F717" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G717" s="2" t="s">
         <v>368</v>
       </c>
       <c r="H717" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I717" s="2" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="J717" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K717" s="2" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
     </row>
     <row r="718" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A718" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B718" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C718" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D718" s="2" t="s">
-        <v>108</v>
+        <v>150</v>
       </c>
       <c r="E718" s="2" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="F718" s="2" t="s">
-        <v>382</v>
+        <v>413</v>
       </c>
       <c r="G718" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H718" s="2" t="s">
-        <v>41</v>
+        <v>405</v>
       </c>
       <c r="I718" s="2" t="s">
-        <v>109</v>
+        <v>369</v>
       </c>
       <c r="J718" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K718" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="719" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="719" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A719" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C719" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D719" s="2" t="s">
-        <v>94</v>
+        <v>150</v>
       </c>
       <c r="E719" s="2" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F719" s="2" t="s">
-        <v>382</v>
+        <v>436</v>
       </c>
       <c r="G719" s="2" t="s">
-        <v>368</v>
+        <v>27</v>
       </c>
       <c r="H719" s="2" t="s">
-        <v>41</v>
+        <v>338</v>
       </c>
       <c r="I719" s="2" t="s">
-        <v>95</v>
+        <v>369</v>
       </c>
       <c r="J719" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K719" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="720" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="720" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A720" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C720" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D720" s="2" t="s">
-        <v>181</v>
+        <v>114</v>
       </c>
       <c r="E720" s="2" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F720" s="2" t="s">
-        <v>382</v>
+        <v>436</v>
       </c>
       <c r="G720" s="2" t="s">
-        <v>368</v>
+        <v>485</v>
       </c>
       <c r="H720" s="2" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="I720" s="2" t="s">
-        <v>182</v>
+        <v>118</v>
       </c>
       <c r="J720" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K720" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="721" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="721" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A721" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B721" s="2" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="C721" s="2" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
       <c r="D721" s="2" t="s">
-        <v>123</v>
+        <v>46</v>
       </c>
       <c r="E721" s="2" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F721" s="2" t="s">
-        <v>382</v>
+        <v>436</v>
       </c>
       <c r="G721" s="2" t="s">
-        <v>368</v>
+        <v>485</v>
       </c>
       <c r="H721" s="2" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="I721" s="2" t="s">
-        <v>124</v>
+        <v>47</v>
       </c>
       <c r="J721" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K721" s="2" t="s">
-        <v>125</v>
+        <v>48</v>
       </c>
     </row>
     <row r="722" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A722" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C722" s="2" t="s">
-        <v>68</v>
+        <v>130</v>
       </c>
       <c r="D722" s="2" t="s">
-        <v>150</v>
+        <v>177</v>
       </c>
       <c r="E722" s="2" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="F722" s="2" t="s">
-        <v>413</v>
+        <v>436</v>
       </c>
       <c r="G722" s="2" t="s">
-        <v>27</v>
+        <v>485</v>
       </c>
       <c r="H722" s="2" t="s">
-        <v>405</v>
+        <v>59</v>
       </c>
       <c r="I722" s="2" t="s">
-        <v>369</v>
+        <v>178</v>
       </c>
       <c r="J722" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K722" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="723" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="723" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A723" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B723" s="2" t="s">
+        <v>44</v>
       </c>
       <c r="C723" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D723" s="2" t="s">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="E723" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F723" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G723" s="2" t="s">
-        <v>27</v>
+        <v>485</v>
       </c>
       <c r="H723" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I723" s="2" t="s">
-        <v>369</v>
+        <v>121</v>
       </c>
       <c r="J723" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K723" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="724" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="724" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A724" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B724" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C724" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D724" s="2" t="s">
-        <v>114</v>
+        <v>150</v>
       </c>
       <c r="E724" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F724" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G724" s="2" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="H724" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I724" s="2" t="s">
-        <v>118</v>
+        <v>151</v>
       </c>
       <c r="J724" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K724" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="725" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="725" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A725" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B725" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C725" s="2" t="s">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="D725" s="2" t="s">
-        <v>46</v>
+        <v>181</v>
       </c>
       <c r="E725" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F725" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G725" s="2" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="H725" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I725" s="2" t="s">
-        <v>47</v>
+        <v>182</v>
       </c>
       <c r="J725" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K725" s="2" t="s">
-        <v>48</v>
+        <v>183</v>
       </c>
     </row>
     <row r="726" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A726" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C726" s="2" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="D726" s="2" t="s">
-        <v>177</v>
+        <v>150</v>
       </c>
       <c r="E726" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F726" s="2" t="s">
-        <v>436</v>
+        <v>382</v>
       </c>
       <c r="G726" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H726" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="I726" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="J726" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="K726" s="2" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="727" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+      <c r="A727" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C727" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D727" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="E727" s="2" t="s">
         <v>484</v>
       </c>
-      <c r="H726" s="2" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="F727" s="2" t="s">
-        <v>436</v>
+        <v>382</v>
       </c>
       <c r="G727" s="2" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="H727" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I727" s="2" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="J727" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K727" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="728" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="728" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A728" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B728" s="2" t="s">
-        <v>93</v>
+        <v>44</v>
       </c>
       <c r="C728" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D728" s="2" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="E728" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F728" s="2" t="s">
-        <v>436</v>
+        <v>382</v>
       </c>
       <c r="G728" s="2" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="H728" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I728" s="2" t="s">
-        <v>151</v>
+        <v>47</v>
       </c>
       <c r="J728" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K728" s="2" t="s">
-        <v>152</v>
+        <v>48</v>
       </c>
     </row>
     <row r="729" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A729" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C729" s="2" t="s">
-        <v>180</v>
+        <v>130</v>
       </c>
       <c r="D729" s="2" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="E729" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F729" s="2" t="s">
-        <v>436</v>
+        <v>382</v>
       </c>
       <c r="G729" s="2" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="H729" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I729" s="2" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="J729" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K729" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="730" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="730" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A730" s="2" t="s">
         <v>31</v>
+      </c>
+      <c r="B730" s="2" t="s">
+        <v>44</v>
       </c>
       <c r="C730" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D730" s="2" t="s">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="E730" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F730" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G730" s="2" t="s">
-        <v>27</v>
+        <v>486</v>
       </c>
       <c r="H730" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I730" s="2" t="s">
-        <v>369</v>
+        <v>121</v>
       </c>
       <c r="J730" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K730" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="731" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="731" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A731" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B731" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C731" s="2" t="s">
-        <v>45</v>
+        <v>157</v>
       </c>
       <c r="D731" s="2" t="s">
-        <v>114</v>
+        <v>192</v>
       </c>
       <c r="E731" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F731" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G731" s="2" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H731" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I731" s="2" t="s">
-        <v>118</v>
+        <v>193</v>
       </c>
       <c r="J731" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K731" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="732" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="732" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A732" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B732" s="2" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="C732" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D732" s="2" t="s">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="E732" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F732" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G732" s="2" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H732" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I732" s="2" t="s">
-        <v>47</v>
+        <v>109</v>
       </c>
       <c r="J732" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K732" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="733" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="733" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A733" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B733" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C733" s="2" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="D733" s="2" t="s">
-        <v>177</v>
+        <v>150</v>
       </c>
       <c r="E733" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F733" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G733" s="2" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H733" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I733" s="2" t="s">
-        <v>178</v>
+        <v>151</v>
       </c>
       <c r="J733" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K733" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="734" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="734" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A734" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B734" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C734" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D734" s="2" t="s">
-        <v>120</v>
+        <v>153</v>
       </c>
       <c r="E734" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F734" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G734" s="2" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H734" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I734" s="2" t="s">
-        <v>121</v>
+        <v>154</v>
       </c>
       <c r="J734" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K734" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="735" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="735" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A735" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B735" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C735" s="2" t="s">
-        <v>157</v>
+        <v>180</v>
       </c>
       <c r="D735" s="2" t="s">
-        <v>192</v>
+        <v>181</v>
       </c>
       <c r="E735" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F735" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G735" s="2" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H735" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I735" s="2" t="s">
-        <v>193</v>
+        <v>182</v>
       </c>
       <c r="J735" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K735" s="2" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="736" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="736" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A736" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B736" s="2" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="C736" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D736" s="2" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="E736" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F736" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G736" s="2" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H736" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I736" s="2" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="J736" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K736" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="737" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="737" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A737" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B737" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C737" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D737" s="2" t="s">
-        <v>150</v>
+        <v>114</v>
       </c>
       <c r="E737" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F737" s="2" t="s">
-        <v>382</v>
+        <v>344</v>
       </c>
       <c r="G737" s="2" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H737" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I737" s="2" t="s">
-        <v>151</v>
+        <v>118</v>
       </c>
       <c r="J737" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K737" s="2" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="738" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="738" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A738" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B738" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C738" s="2" t="s">
-        <v>64</v>
+        <v>157</v>
       </c>
       <c r="D738" s="2" t="s">
-        <v>153</v>
+        <v>192</v>
       </c>
       <c r="E738" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F738" s="2" t="s">
-        <v>382</v>
+        <v>344</v>
       </c>
       <c r="G738" s="2" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H738" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I738" s="2" t="s">
-        <v>154</v>
+        <v>193</v>
       </c>
       <c r="J738" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K738" s="2" t="s">
-        <v>155</v>
+        <v>194</v>
       </c>
     </row>
     <row r="739" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A739" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B739" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="C739" s="2" t="s">
-        <v>180</v>
+        <v>83</v>
       </c>
       <c r="D739" s="2" t="s">
-        <v>181</v>
+        <v>108</v>
       </c>
       <c r="E739" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F739" s="2" t="s">
-        <v>382</v>
+        <v>344</v>
       </c>
       <c r="G739" s="2" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H739" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I739" s="2" t="s">
-        <v>182</v>
+        <v>109</v>
       </c>
       <c r="J739" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K739" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="740" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="740" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A740" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B740" s="2" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="C740" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D740" s="2" t="s">
-        <v>123</v>
+        <v>69</v>
       </c>
       <c r="E740" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F740" s="2" t="s">
-        <v>382</v>
+        <v>344</v>
       </c>
       <c r="G740" s="2" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H740" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I740" s="2" t="s">
-        <v>124</v>
+        <v>200</v>
       </c>
       <c r="J740" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K740" s="2" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="741" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="741" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A741" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C741" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D741" s="2" t="s">
-        <v>114</v>
+        <v>150</v>
       </c>
       <c r="E741" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F741" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="G741" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H741" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I741" s="2" t="s">
-        <v>118</v>
+        <v>369</v>
       </c>
       <c r="J741" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K741" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="742" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="742" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A742" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B742" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C742" s="2" t="s">
-        <v>157</v>
+        <v>68</v>
       </c>
       <c r="D742" s="2" t="s">
-        <v>192</v>
+        <v>150</v>
       </c>
       <c r="E742" s="2" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="F742" s="2" t="s">
-        <v>344</v>
+        <v>397</v>
       </c>
       <c r="G742" s="2" t="s">
-        <v>485</v>
+        <v>27</v>
       </c>
       <c r="H742" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I742" s="2" t="s">
-        <v>193</v>
+        <v>369</v>
       </c>
       <c r="J742" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K742" s="2" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="743" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="743" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A743" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C743" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D743" s="2" t="s">
-        <v>108</v>
+        <v>280</v>
       </c>
       <c r="E743" s="2" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="F743" s="2" t="s">
-        <v>344</v>
+        <v>397</v>
       </c>
       <c r="G743" s="2" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="H743" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I743" s="2" t="s">
-        <v>109</v>
+        <v>281</v>
       </c>
       <c r="J743" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K743" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="744" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="744" spans="1:11" ht="90" x14ac:dyDescent="0.25">
       <c r="A744" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B744" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C744" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D744" s="2" t="s">
-        <v>69</v>
+        <v>114</v>
       </c>
       <c r="E744" s="2" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="F744" s="2" t="s">
-        <v>344</v>
+        <v>397</v>
       </c>
       <c r="G744" s="2" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="H744" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I744" s="2" t="s">
-        <v>200</v>
+        <v>118</v>
       </c>
       <c r="J744" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K744" s="2" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="745" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="745" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A745" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B745" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C745" s="2" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D745" s="2" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="E745" s="2" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="F745" s="2" t="s">
-        <v>344</v>
+        <v>397</v>
+      </c>
+      <c r="G745" s="2" t="s">
+        <v>488</v>
       </c>
       <c r="H745" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I745" s="2" t="s">
-        <v>369</v>
+        <v>47</v>
       </c>
       <c r="J745" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K745" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="746" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="746" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A746" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B746" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="C746" s="2" t="s">
-        <v>68</v>
+        <v>157</v>
       </c>
       <c r="D746" s="2" t="s">
-        <v>150</v>
+        <v>321</v>
       </c>
       <c r="E746" s="2" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="F746" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G746" s="2" t="s">
-        <v>27</v>
+        <v>488</v>
       </c>
       <c r="H746" s="2" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="I746" s="2" t="s">
-        <v>369</v>
+        <v>322</v>
       </c>
       <c r="J746" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K746" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="747" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="747" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A747" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C747" s="2" t="s">
-        <v>83</v>
+        <v>130</v>
       </c>
       <c r="D747" s="2" t="s">
-        <v>280</v>
+        <v>177</v>
       </c>
       <c r="E747" s="2" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="F747" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G747" s="2" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="H747" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I747" s="2" t="s">
-        <v>281</v>
+        <v>178</v>
       </c>
       <c r="J747" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K747" s="2" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="748" spans="1:11" ht="90" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="748" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A748" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B748" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C748" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D748" s="2" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="E748" s="2" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="F748" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G748" s="2" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="H748" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I748" s="2" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="J748" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K748" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="749" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="749" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A749" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B749" s="2" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="C749" s="2" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D749" s="2" t="s">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="E749" s="2" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="F749" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G749" s="2" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="H749" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I749" s="2" t="s">
-        <v>47</v>
+        <v>109</v>
       </c>
       <c r="J749" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K749" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="750" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="750" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A750" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B750" s="2" t="s">
-        <v>156</v>
+        <v>93</v>
       </c>
       <c r="C750" s="2" t="s">
-        <v>157</v>
+        <v>68</v>
       </c>
       <c r="D750" s="2" t="s">
-        <v>321</v>
+        <v>150</v>
       </c>
       <c r="E750" s="2" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="F750" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G750" s="2" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="H750" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I750" s="2" t="s">
-        <v>322</v>
+        <v>352</v>
       </c>
       <c r="J750" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K750" s="2" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="751" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="751" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A751" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B751" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="C751" s="2" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="D751" s="2" t="s">
-        <v>177</v>
+        <v>94</v>
       </c>
       <c r="E751" s="2" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="F751" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G751" s="2" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="H751" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I751" s="2" t="s">
-        <v>178</v>
+        <v>95</v>
       </c>
       <c r="J751" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K751" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="752" spans="1:11" ht="60" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="752" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="A752" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B752" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C752" s="2" t="s">
-        <v>68</v>
+        <v>180</v>
       </c>
       <c r="D752" s="2" t="s">
-        <v>120</v>
+        <v>181</v>
       </c>
       <c r="E752" s="2" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="F752" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G752" s="2" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="H752" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I752" s="2" t="s">
-        <v>121</v>
+        <v>182</v>
       </c>
       <c r="J752" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K752" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="753" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="753" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A753" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B753" s="2" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="C753" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D753" s="2" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="E753" s="2" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="F753" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G753" s="2" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="H753" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I753" s="2" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="J753" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K753" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="754" spans="1:11" ht="45" x14ac:dyDescent="0.25">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="754" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A754" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C754" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D754" s="2" t="s">
         <v>150</v>
       </c>
       <c r="E754" s="2" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F754" s="2" t="s">
-        <v>397</v>
+        <v>57</v>
       </c>
       <c r="G754" s="2" t="s">
-        <v>487</v>
+        <v>27</v>
       </c>
       <c r="H754" s="2" t="s">
-        <v>59</v>
+        <v>439</v>
       </c>
       <c r="I754" s="2" t="s">
-        <v>352</v>
+        <v>420</v>
       </c>
       <c r="J754" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K754" s="2" t="s">
-        <v>353</v>
+        <v>421</v>
       </c>
     </row>
     <row r="755" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A755" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B755" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C755" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D755" s="2" t="s">
-        <v>94</v>
+        <v>150</v>
       </c>
       <c r="E755" s="2" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="F755" s="2" t="s">
-        <v>397</v>
+        <v>436</v>
       </c>
       <c r="G755" s="2" t="s">
-        <v>487</v>
+        <v>27</v>
       </c>
       <c r="H755" s="2" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="I755" s="2" t="s">
-        <v>95</v>
+        <v>420</v>
       </c>
       <c r="J755" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K755" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="756" spans="1:11" ht="75" x14ac:dyDescent="0.25">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="756" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A756" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B756" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="C756" s="2" t="s">
-        <v>180</v>
+        <v>45</v>
       </c>
       <c r="D756" s="2" t="s">
-        <v>181</v>
+        <v>90</v>
       </c>
       <c r="E756" s="2" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="F756" s="2" t="s">
-        <v>397</v>
+        <v>436</v>
       </c>
       <c r="G756" s="2" t="s">
-        <v>487</v>
+        <v>478</v>
       </c>
       <c r="H756" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I756" s="2" t="s">
-        <v>182</v>
+        <v>91</v>
       </c>
       <c r="J756" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K756" s="2" t="s">
-        <v>183</v>
+        <v>92</v>
       </c>
     </row>
     <row r="757" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A757" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B757" s="2" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="C757" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D757" s="2" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="E757" s="2" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="F757" s="2" t="s">
-        <v>397</v>
+        <v>436</v>
       </c>
       <c r="G757" s="2" t="s">
-        <v>487</v>
+        <v>478</v>
       </c>
       <c r="H757" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I757" s="2" t="s">
-        <v>124</v>
+        <v>95</v>
       </c>
       <c r="J757" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K757" s="2" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
     </row>
     <row r="758" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A758" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="B758" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="C758" s="2" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D758" s="2" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="E758" s="2" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="F758" s="2" t="s">
-        <v>57</v>
+        <v>436</v>
       </c>
       <c r="G758" s="2" t="s">
-        <v>27</v>
+        <v>478</v>
       </c>
       <c r="H758" s="2" t="s">
-        <v>439</v>
+        <v>59</v>
       </c>
       <c r="I758" s="2" t="s">
-        <v>420</v>
+        <v>124</v>
       </c>
       <c r="J758" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K758" s="2" t="s">
-        <v>421</v>
+        <v>125</v>
       </c>
     </row>
     <row r="759" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A759" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C759" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D759" s="2" t="s">
         <v>150</v>
       </c>
       <c r="E759" s="2" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="F759" s="2" t="s">
-        <v>436</v>
+        <v>57</v>
       </c>
       <c r="G759" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H759" s="2" t="s">
         <v>338</v>
       </c>
       <c r="I759" s="2" t="s">
         <v>420</v>
       </c>
       <c r="J759" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K759" s="2" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="760" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A760" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B760" s="2" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="C760" s="2" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D760" s="2" t="s">
-        <v>90</v>
+        <v>337</v>
       </c>
       <c r="E760" s="2" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="F760" s="2" t="s">
-        <v>436</v>
+        <v>57</v>
       </c>
       <c r="G760" s="2" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="H760" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I760" s="2" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="J760" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K760" s="2" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
     </row>
     <row r="761" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A761" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B761" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C761" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D761" s="2" t="s">
         <v>94</v>
       </c>
       <c r="E761" s="2" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="F761" s="2" t="s">
-        <v>436</v>
+        <v>494</v>
       </c>
       <c r="G761" s="2" t="s">
-        <v>478</v>
+        <v>495</v>
       </c>
       <c r="H761" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I761" s="2" t="s">
         <v>95</v>
       </c>
       <c r="J761" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K761" s="2" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="762" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A762" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B762" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C762" s="2" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="D762" s="2" t="s">
-        <v>123</v>
+        <v>150</v>
       </c>
       <c r="E762" s="2" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="F762" s="2" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>478</v>
+        <v>494</v>
       </c>
       <c r="H762" s="2" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="I762" s="2" t="s">
-        <v>124</v>
+        <v>420</v>
       </c>
       <c r="J762" s="2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K762" s="2" t="s">
-        <v>125</v>
-[...5 lines deleted...]
-      </c>
+        <v>421</v>
+      </c>
+    </row>
+    <row r="763" spans="1:11" ht="75" x14ac:dyDescent="0.25">
       <c r="C763" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D763" s="2" t="s">
-        <v>150</v>
+        <v>69</v>
       </c>
       <c r="E763" s="2" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="F763" s="2" t="s">
-        <v>57</v>
-[...5 lines deleted...]
-        <v>338</v>
+        <v>446</v>
       </c>
       <c r="I763" s="2" t="s">
-        <v>420</v>
+        <v>200</v>
       </c>
       <c r="J763" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K763" s="2" t="s">
-        <v>421</v>
-[...98 lines deleted...]
-        <v>421</v>
+        <v>201</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:K1"/>
   </mergeCells>
   <conditionalFormatting sqref="A1:K1048576">
     <cfRule type="cellIs" dxfId="13" priority="1" operator="equal">
       <formula>"Ret"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="14" priority="2" operator="equal">
       <formula>"S"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>20251103ListeSSA</vt:lpstr>
+      <vt:lpstr>20251211ListeSSA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jean-Michel VENTURINI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>